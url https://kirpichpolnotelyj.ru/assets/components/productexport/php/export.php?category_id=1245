--- v0 (2025-11-03)
+++ v1 (2025-12-24)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="422">
   <si>
-    <t>*прайс действителен на 03.11.2025</t>
+    <t>*прайс действителен на 24.12.2025</t>
   </si>
   <si>
     <t>Телефон: +7 (499) 112-40-94  
 Адрес: г. Москва, ул. Бутлерова, 17Б, БЦ Фреш
 https://kirpichpolnotelyj.ru/</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>На поддоне</t>
   </si>
   <si>
     <t>В машине</t>
   </si>
   <si>
     <t>Розничная цена</t>
   </si>
   <si>
     <t>Оптовая цена</t>
   </si>
   <si>
     <t>Акция</t>
   </si>
   <si>
@@ -6165,486 +6165,486 @@
         <v>66.0</v>
       </c>
       <c r="G238" s="29"/>
     </row>
     <row r="239" spans="1:15">
       <c r="B239" s="25" t="s">
         <v>242</v>
       </c>
       <c r="C239" s="27"/>
       <c r="D239" s="27"/>
       <c r="E239" s="27"/>
       <c r="F239" s="27"/>
       <c r="G239" s="27"/>
     </row>
     <row r="240" spans="1:15">
       <c r="B240" s="26" t="s">
         <v>243</v>
       </c>
       <c r="C240" s="26">
         <v>480</v>
       </c>
       <c r="D240" s="26">
         <v>8160</v>
       </c>
       <c r="E240" s="26">
-        <v>49.9</v>
+        <v>51.9</v>
       </c>
       <c r="F240" s="28">
-        <v>49.9</v>
+        <v>51.9</v>
       </c>
       <c r="G240" s="29"/>
     </row>
     <row r="241" spans="1:15">
       <c r="B241" s="26" t="s">
         <v>244</v>
       </c>
       <c r="C241" s="26">
         <v>480</v>
       </c>
       <c r="D241" s="26">
         <v>8160</v>
       </c>
       <c r="E241" s="26">
-        <v>49.9</v>
+        <v>51.9</v>
       </c>
       <c r="F241" s="28">
-        <v>49.9</v>
+        <v>51.9</v>
       </c>
       <c r="G241" s="29"/>
     </row>
     <row r="242" spans="1:15">
       <c r="B242" s="26" t="s">
         <v>245</v>
       </c>
       <c r="C242" s="26">
         <v>480</v>
       </c>
       <c r="D242" s="26">
         <v>8160</v>
       </c>
       <c r="E242" s="26">
-        <v>61.9</v>
+        <v>63.9</v>
       </c>
       <c r="F242" s="28">
-        <v>61.9</v>
+        <v>63.9</v>
       </c>
       <c r="G242" s="29"/>
     </row>
     <row r="243" spans="1:15">
       <c r="B243" s="26" t="s">
         <v>246</v>
       </c>
       <c r="C243" s="26">
         <v>480</v>
       </c>
       <c r="D243" s="26">
         <v>8160</v>
       </c>
       <c r="E243" s="26">
-        <v>61.9</v>
+        <v>63.9</v>
       </c>
       <c r="F243" s="28">
-        <v>61.9</v>
+        <v>63.9</v>
       </c>
       <c r="G243" s="29"/>
     </row>
     <row r="244" spans="1:15">
       <c r="B244" s="26" t="s">
         <v>247</v>
       </c>
       <c r="C244" s="26">
         <v>480</v>
       </c>
       <c r="D244" s="26">
         <v>8160</v>
       </c>
       <c r="E244" s="26">
-        <v>51.9</v>
+        <v>53.9</v>
       </c>
       <c r="F244" s="28">
-        <v>51.9</v>
+        <v>53.9</v>
       </c>
       <c r="G244" s="29"/>
     </row>
     <row r="245" spans="1:15">
       <c r="B245" s="26" t="s">
         <v>248</v>
       </c>
       <c r="C245" s="26">
         <v>480</v>
       </c>
       <c r="D245" s="26">
         <v>8160</v>
       </c>
       <c r="E245" s="26">
-        <v>51.9</v>
+        <v>53.9</v>
       </c>
       <c r="F245" s="28">
-        <v>51.9</v>
+        <v>53.9</v>
       </c>
       <c r="G245" s="29"/>
     </row>
     <row r="246" spans="1:15">
       <c r="B246" s="26" t="s">
         <v>249</v>
       </c>
       <c r="C246" s="26">
         <v>480</v>
       </c>
       <c r="D246" s="26">
         <v>8160</v>
       </c>
       <c r="E246" s="26">
-        <v>49.9</v>
+        <v>51.9</v>
       </c>
       <c r="F246" s="28">
-        <v>49.9</v>
+        <v>51.9</v>
       </c>
       <c r="G246" s="29"/>
     </row>
     <row r="247" spans="1:15">
       <c r="B247" s="26" t="s">
         <v>250</v>
       </c>
       <c r="C247" s="26">
         <v>480</v>
       </c>
       <c r="D247" s="26">
         <v>8160</v>
       </c>
       <c r="E247" s="26">
-        <v>49.9</v>
+        <v>51.9</v>
       </c>
       <c r="F247" s="28">
-        <v>49.9</v>
+        <v>51.9</v>
       </c>
       <c r="G247" s="29"/>
     </row>
     <row r="248" spans="1:15">
       <c r="B248" s="26" t="s">
         <v>251</v>
       </c>
       <c r="C248" s="26">
         <v>256</v>
       </c>
       <c r="D248" s="26">
         <v>4608</v>
       </c>
       <c r="E248" s="26">
-        <v>117.9</v>
+        <v>120.9</v>
       </c>
       <c r="F248" s="28">
-        <v>117.9</v>
+        <v>120.9</v>
       </c>
       <c r="G248" s="29"/>
     </row>
     <row r="249" spans="1:15">
       <c r="B249" s="26" t="s">
         <v>252</v>
       </c>
       <c r="C249" s="26">
         <v>420</v>
       </c>
       <c r="D249" s="26">
         <v>7980</v>
       </c>
       <c r="E249" s="26">
-        <v>40.9</v>
+        <v>41.9</v>
       </c>
       <c r="F249" s="28">
-        <v>40.9</v>
+        <v>41.9</v>
       </c>
       <c r="G249" s="29"/>
     </row>
     <row r="250" spans="1:15">
       <c r="B250" s="26" t="s">
         <v>253</v>
       </c>
       <c r="C250" s="26">
         <v>420</v>
       </c>
       <c r="D250" s="26">
         <v>7980</v>
       </c>
       <c r="E250" s="26">
-        <v>40.9</v>
+        <v>41.9</v>
       </c>
       <c r="F250" s="28">
-        <v>40.9</v>
+        <v>41.9</v>
       </c>
       <c r="G250" s="29"/>
     </row>
     <row r="251" spans="1:15">
       <c r="B251" s="26" t="s">
         <v>254</v>
       </c>
       <c r="C251" s="26">
         <v>420</v>
       </c>
       <c r="D251" s="26">
         <v>7980</v>
       </c>
       <c r="E251" s="26">
-        <v>30.9</v>
+        <v>31.9</v>
       </c>
       <c r="F251" s="28">
-        <v>30.9</v>
+        <v>31.9</v>
       </c>
       <c r="G251" s="29"/>
     </row>
     <row r="252" spans="1:15">
       <c r="B252" s="26" t="s">
         <v>255</v>
       </c>
       <c r="C252" s="26">
         <v>420</v>
       </c>
       <c r="D252" s="26">
         <v>7980</v>
       </c>
       <c r="E252" s="26">
-        <v>30.9</v>
+        <v>31.9</v>
       </c>
       <c r="F252" s="28">
-        <v>30.9</v>
+        <v>31.9</v>
       </c>
       <c r="G252" s="29"/>
     </row>
     <row r="253" spans="1:15">
       <c r="B253" s="26" t="s">
         <v>256</v>
       </c>
       <c r="C253" s="26">
         <v>480</v>
       </c>
       <c r="D253" s="26">
         <v>8640</v>
       </c>
       <c r="E253" s="26">
-        <v>36.9</v>
+        <v>37.9</v>
       </c>
       <c r="F253" s="28">
-        <v>36.9</v>
+        <v>37.9</v>
       </c>
       <c r="G253" s="29"/>
     </row>
     <row r="254" spans="1:15">
       <c r="B254" s="26" t="s">
         <v>257</v>
       </c>
       <c r="C254" s="26">
         <v>480</v>
       </c>
       <c r="D254" s="26">
         <v>8640</v>
       </c>
       <c r="E254" s="26">
-        <v>36.9</v>
+        <v>37.9</v>
       </c>
       <c r="F254" s="28">
-        <v>36.9</v>
+        <v>37.9</v>
       </c>
       <c r="G254" s="29"/>
     </row>
     <row r="255" spans="1:15">
       <c r="B255" s="26" t="s">
         <v>258</v>
       </c>
       <c r="C255" s="26">
         <v>480</v>
       </c>
       <c r="D255" s="26">
         <v>8640</v>
       </c>
       <c r="E255" s="26">
-        <v>54.9</v>
+        <v>56.9</v>
       </c>
       <c r="F255" s="28">
-        <v>54.9</v>
+        <v>56.9</v>
       </c>
       <c r="G255" s="29"/>
     </row>
     <row r="256" spans="1:15">
       <c r="B256" s="26" t="s">
         <v>259</v>
       </c>
       <c r="C256" s="26">
         <v>420</v>
       </c>
       <c r="D256" s="26">
         <v>7680</v>
       </c>
       <c r="E256" s="26">
-        <v>54.9</v>
+        <v>56.9</v>
       </c>
       <c r="F256" s="28">
-        <v>54.9</v>
+        <v>56.9</v>
       </c>
       <c r="G256" s="29"/>
     </row>
     <row r="257" spans="1:15">
       <c r="B257" s="26" t="s">
         <v>260</v>
       </c>
       <c r="C257" s="26">
         <v>420</v>
       </c>
       <c r="D257" s="26">
         <v>7980</v>
       </c>
       <c r="E257" s="26">
-        <v>48.9</v>
+        <v>49.9</v>
       </c>
       <c r="F257" s="28">
-        <v>48.9</v>
+        <v>49.9</v>
       </c>
       <c r="G257" s="29"/>
     </row>
     <row r="258" spans="1:15">
       <c r="B258" s="26" t="s">
         <v>261</v>
       </c>
       <c r="C258" s="26">
         <v>420</v>
       </c>
       <c r="D258" s="26">
         <v>7980</v>
       </c>
       <c r="E258" s="26">
-        <v>48.9</v>
+        <v>49.9</v>
       </c>
       <c r="F258" s="28">
-        <v>48.9</v>
+        <v>49.9</v>
       </c>
       <c r="G258" s="29"/>
     </row>
     <row r="259" spans="1:15">
       <c r="B259" s="26" t="s">
         <v>262</v>
       </c>
       <c r="C259" s="26">
         <v>420</v>
       </c>
       <c r="D259" s="26">
         <v>7980</v>
       </c>
       <c r="E259" s="26">
-        <v>33.9</v>
+        <v>34.9</v>
       </c>
       <c r="F259" s="28">
-        <v>33.9</v>
+        <v>34.9</v>
       </c>
       <c r="G259" s="29"/>
     </row>
     <row r="260" spans="1:15">
       <c r="B260" s="26" t="s">
         <v>263</v>
       </c>
       <c r="C260" s="26">
         <v>420</v>
       </c>
       <c r="D260" s="26">
         <v>7980</v>
       </c>
       <c r="E260" s="26">
-        <v>33.9</v>
+        <v>34.9</v>
       </c>
       <c r="F260" s="28">
-        <v>33.9</v>
+        <v>34.9</v>
       </c>
       <c r="G260" s="29"/>
     </row>
     <row r="261" spans="1:15">
       <c r="B261" s="26" t="s">
         <v>264</v>
       </c>
       <c r="C261" s="26">
         <v>256</v>
       </c>
       <c r="D261" s="26">
         <v>5120</v>
       </c>
       <c r="E261" s="26">
-        <v>109.9</v>
+        <v>112.9</v>
       </c>
       <c r="F261" s="28">
-        <v>109.9</v>
+        <v>112.9</v>
       </c>
       <c r="G261" s="29"/>
     </row>
     <row r="262" spans="1:15">
       <c r="B262" s="26" t="s">
         <v>265</v>
       </c>
       <c r="C262" s="26">
         <v>240</v>
       </c>
       <c r="D262" s="26">
         <v>4560</v>
       </c>
       <c r="E262" s="26">
-        <v>107.9</v>
+        <v>110.9</v>
       </c>
       <c r="F262" s="28">
-        <v>107.9</v>
+        <v>110.9</v>
       </c>
       <c r="G262" s="29"/>
     </row>
     <row r="263" spans="1:15">
       <c r="B263" s="26" t="s">
         <v>266</v>
       </c>
       <c r="C263" s="26">
         <v>240</v>
       </c>
       <c r="D263" s="26">
         <v>4560</v>
       </c>
       <c r="E263" s="26">
-        <v>99.9</v>
+        <v>102.9</v>
       </c>
       <c r="F263" s="28">
-        <v>99.9</v>
+        <v>102.9</v>
       </c>
       <c r="G263" s="29"/>
     </row>
     <row r="264" spans="1:15">
       <c r="B264" s="26" t="s">
         <v>267</v>
       </c>
       <c r="C264" s="26">
         <v>240</v>
       </c>
       <c r="D264" s="26">
         <v>4560</v>
       </c>
       <c r="E264" s="26">
-        <v>99.9</v>
+        <v>102.9</v>
       </c>
       <c r="F264" s="28">
-        <v>99.9</v>
+        <v>102.9</v>
       </c>
       <c r="G264" s="29"/>
     </row>
     <row r="265" spans="1:15">
       <c r="B265" s="25" t="s">
         <v>268</v>
       </c>
       <c r="C265" s="27"/>
       <c r="D265" s="27"/>
       <c r="E265" s="27"/>
       <c r="F265" s="27"/>
       <c r="G265" s="27"/>
     </row>
     <row r="266" spans="1:15">
       <c r="B266" s="26" t="s">
         <v>269</v>
       </c>
       <c r="C266" s="26">
         <v>480</v>
       </c>
       <c r="D266" s="26">
         <v>8640</v>
       </c>
       <c r="E266" s="26">
         <v>16.0</v>