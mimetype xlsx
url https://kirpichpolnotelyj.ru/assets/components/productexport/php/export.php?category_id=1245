--- v1 (2025-12-24)
+++ v2 (2026-02-22)
@@ -14,53 +14,53 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="422">
-[...1 lines deleted...]
-    <t>*прайс действителен на 24.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="421">
+  <si>
+    <t>*прайс действителен на 22.02.2026</t>
   </si>
   <si>
     <t>Телефон: +7 (499) 112-40-94  
 Адрес: г. Москва, ул. Бутлерова, 17Б, БЦ Фреш
 https://kirpichpolnotelyj.ru/</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>На поддоне</t>
   </si>
   <si>
     <t>В машине</t>
   </si>
   <si>
     <t>Розничная цена</t>
   </si>
   <si>
     <t>Оптовая цена</t>
   </si>
   <si>
     <t>Акция</t>
   </si>
   <si>
@@ -630,50 +630,53 @@
   <si>
     <t>Облицовочный кирпич 1 НФ жкз персиковый гладкий М-300</t>
   </si>
   <si>
     <t>Облицовочный кирпич 1 НФ жкз серый бархат шероховатый М-300</t>
   </si>
   <si>
     <t>Облицовочный кирпич 1 НФ жкз серый гладкий М-150</t>
   </si>
   <si>
     <t>Облицовочный кирпич 1 НФ жкз серый гладкий М-300</t>
   </si>
   <si>
     <t>Облицовочный кирпич 1 НФ жкз серый пена гладкий М-150</t>
   </si>
   <si>
     <t>Облицовочный кирпич 1 НФ жкз серый скала скала М-300</t>
   </si>
   <si>
     <t>Облицовочный кирпич 1 НФ жкз Темно-коричневый пена алмаз шероховатый М-150</t>
   </si>
   <si>
     <t>Облицовочный кирпич 1 НФ жкз Темно-коричневый скала алмаз скала М-150</t>
   </si>
   <si>
+    <t>Облицовочный кирпич 1 НФ фасонный жкз красный кФ-1 гладкий М-150</t>
+  </si>
+  <si>
     <t>Облицовочный кирпич 1 НФ фасонный жкз Темно-коричневый кФ-2 гладкий М-150</t>
   </si>
   <si>
     <t>Облицовочный кирпич 1,4 НФ жкз красный бархат шероховатый М-175</t>
   </si>
   <si>
     <t>Облицовочный кирпич 1,4 НФ жкз красный гладкий М-175</t>
   </si>
   <si>
     <t>Облицовочный кирпич 1,4 НФ жкз красный скала скала М-175</t>
   </si>
   <si>
     <t>Облицовочный кирпич 1,4 НФ жкз крафт бархат шероховатый М-300</t>
   </si>
   <si>
     <t>Облицовочный кирпич 1,4 НФ жкз крафт гладкий М-200</t>
   </si>
   <si>
     <t>Облицовочный кирпич 1,4 НФ жкз крафт Дерево М-300</t>
   </si>
   <si>
     <t>Облицовочный кирпич 1,4 НФ жкз крафт скала скала М-300</t>
   </si>
   <si>
     <t>Облицовочный кирпич 1,4 НФ жкз персиковый гладкий М-200</t>
@@ -856,56 +859,50 @@
     <t>Облицовочный кирпич Новомосковский КЗ Красный персик 1,4 НФ</t>
   </si>
   <si>
     <t>Облицовочный кирпич Новомосковский КЗ Шоколад 1,4 НФ</t>
   </si>
   <si>
     <t>СЛАВЯНСКИЙ</t>
   </si>
   <si>
     <t>Облицовочный кирпич 1 НФ СЛАВЯНСКИЙ кирпич ВЕНЕЦИЯ-BUNT-руст</t>
   </si>
   <si>
     <t>Облицовочный кирпич 1 НФ СЛАВЯНСКИЙ кирпич ВЕНЕЦИЯ-руст</t>
   </si>
   <si>
     <t>Облицовочный кирпич 1 НФ СЛАВЯНСКИЙ кирпич прованс-BUNT-КРОСТА</t>
   </si>
   <si>
     <t>Облицовочный кирпич 1 НФ СЛАВЯНСКИЙ кирпич прованс-КРОСТА</t>
   </si>
   <si>
     <t>Облицовочный кирпич 1 НФ СЛАВЯНСКИЙ кирпич ФЛОРЕНЦИЯ-BUNT-руст</t>
   </si>
   <si>
     <t>Облицовочный кирпич 1 НФ СЛАВЯНСКИЙ кирпич ФЛОРЕНЦИЯ-руст</t>
-  </si>
-[...4 lines deleted...]
-    <t>Облицовочный кирпич 1,4 НФ СТАРЫЙ ОСКОЛ Эмират</t>
   </si>
   <si>
     <t>СТРОМА</t>
   </si>
   <si>
     <t>Облицовочный кирпич 1 НФ СТРОМА бордо гладкий</t>
   </si>
   <si>
     <t>Облицовочный кирпич 1 НФ СТРОМА бордо Дерево</t>
   </si>
   <si>
     <t>Облицовочный кирпич 1 НФ СТРОМА бордо рустик рифленый</t>
   </si>
   <si>
     <t>Облицовочный кирпич 1 НФ СТРОМА коричневый бархат шероховатый</t>
   </si>
   <si>
     <t>Облицовочный кирпич 1 НФ СТРОМА коричневый гладкий</t>
   </si>
   <si>
     <t>Облицовочный кирпич 1 НФ СТРОМА коричневый Дерево</t>
   </si>
   <si>
     <t>Облицовочный кирпич 1 НФ СТРОМА красный бархат шероховатый</t>
   </si>
@@ -1896,51 +1893,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O428"/>
+  <dimension ref="A1:O427"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="11" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="114" customWidth="true" style="3"/>
     <col min="3" max="3" width="13" customWidth="true" style="3"/>
     <col min="4" max="4" width="14.875" customWidth="true" style="3"/>
     <col min="5" max="5" width="16.625" customWidth="true" style="3"/>
     <col min="6" max="6" width="16.625" customWidth="true" style="3"/>
     <col min="7" max="7" width="16.625" customWidth="true" style="3"/>
     <col min="8" max="8" width="11" style="8"/>
     <col min="9" max="9" width="11" style="8"/>
     <col min="10" max="10" width="11" style="8"/>
     <col min="11" max="11" width="22.5" customWidth="true" style="8"/>
     <col min="12" max="12" width="10.875" hidden="true" customWidth="true" style="8"/>
     <col min="13" max="13" width="10.875" hidden="true" customWidth="true" style="8"/>
     <col min="14" max="14" width="21.5" customWidth="true" style="10"/>
     <col min="15" max="15" width="21.5" customWidth="true" style="11"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" customHeight="1" ht="15.75">
@@ -4449,234 +4446,234 @@
         <v>45.0</v>
       </c>
       <c r="G140" s="29"/>
     </row>
     <row r="141" spans="1:15">
       <c r="B141" s="25" t="s">
         <v>144</v>
       </c>
       <c r="C141" s="27"/>
       <c r="D141" s="27"/>
       <c r="E141" s="27"/>
       <c r="F141" s="27"/>
       <c r="G141" s="27"/>
     </row>
     <row r="142" spans="1:15">
       <c r="B142" s="26" t="s">
         <v>145</v>
       </c>
       <c r="C142" s="26">
         <v>600</v>
       </c>
       <c r="D142" s="26">
         <v>11400</v>
       </c>
       <c r="E142" s="26">
-        <v>44.51</v>
+        <v>43.07</v>
       </c>
       <c r="F142" s="28">
-        <v>44.51</v>
+        <v>43.07</v>
       </c>
       <c r="G142" s="29"/>
     </row>
     <row r="143" spans="1:15">
       <c r="B143" s="26" t="s">
         <v>146</v>
       </c>
       <c r="C143" s="26">
         <v>600</v>
       </c>
       <c r="D143" s="26">
         <v>11400</v>
       </c>
       <c r="E143" s="26">
-        <v>50.23</v>
+        <v>48.63</v>
       </c>
       <c r="F143" s="28">
-        <v>50.23</v>
+        <v>48.63</v>
       </c>
       <c r="G143" s="29"/>
     </row>
     <row r="144" spans="1:15">
       <c r="B144" s="26" t="s">
         <v>147</v>
       </c>
       <c r="C144" s="26">
         <v>600</v>
       </c>
       <c r="D144" s="26">
         <v>11400</v>
       </c>
       <c r="E144" s="26">
-        <v>50.78</v>
+        <v>49.14</v>
       </c>
       <c r="F144" s="28">
-        <v>50.78</v>
+        <v>49.14</v>
       </c>
       <c r="G144" s="29"/>
     </row>
     <row r="145" spans="1:15">
       <c r="B145" s="26" t="s">
         <v>148</v>
       </c>
       <c r="C145" s="26">
         <v>600</v>
       </c>
       <c r="D145" s="26">
         <v>11400</v>
       </c>
       <c r="E145" s="26">
-        <v>28.47</v>
+        <v>27.57</v>
       </c>
       <c r="F145" s="28">
-        <v>28.47</v>
+        <v>27.57</v>
       </c>
       <c r="G145" s="29"/>
     </row>
     <row r="146" spans="1:15">
       <c r="B146" s="26" t="s">
         <v>149</v>
       </c>
       <c r="C146" s="26">
         <v>480</v>
       </c>
       <c r="D146" s="26">
         <v>8640</v>
       </c>
       <c r="E146" s="26">
-        <v>58.27</v>
+        <v>56.38</v>
       </c>
       <c r="F146" s="28">
-        <v>58.27</v>
+        <v>56.38</v>
       </c>
       <c r="G146" s="29"/>
     </row>
     <row r="147" spans="1:15">
       <c r="B147" s="26" t="s">
         <v>150</v>
       </c>
       <c r="C147" s="26">
         <v>480</v>
       </c>
       <c r="D147" s="26">
         <v>8640</v>
       </c>
       <c r="E147" s="26">
-        <v>59.29</v>
+        <v>57.38</v>
       </c>
       <c r="F147" s="28">
-        <v>59.29</v>
+        <v>57.38</v>
       </c>
       <c r="G147" s="29"/>
     </row>
     <row r="148" spans="1:15">
       <c r="B148" s="26" t="s">
         <v>151</v>
       </c>
       <c r="C148" s="26">
         <v>480</v>
       </c>
       <c r="D148" s="26">
         <v>8640</v>
       </c>
       <c r="E148" s="26">
-        <v>51.83</v>
+        <v>50.17</v>
       </c>
       <c r="F148" s="28">
-        <v>51.83</v>
+        <v>50.17</v>
       </c>
       <c r="G148" s="29"/>
     </row>
     <row r="149" spans="1:15">
       <c r="B149" s="26" t="s">
         <v>152</v>
       </c>
       <c r="C149" s="26">
         <v>480</v>
       </c>
       <c r="D149" s="26">
         <v>8640</v>
       </c>
       <c r="E149" s="26">
-        <v>59.29</v>
+        <v>57.38</v>
       </c>
       <c r="F149" s="28">
-        <v>59.29</v>
+        <v>57.38</v>
       </c>
       <c r="G149" s="29"/>
     </row>
     <row r="150" spans="1:15">
       <c r="B150" s="26" t="s">
         <v>153</v>
       </c>
       <c r="C150" s="26">
         <v>480</v>
       </c>
       <c r="D150" s="26">
         <v>8640</v>
       </c>
       <c r="E150" s="26">
-        <v>53.34</v>
+        <v>51.63</v>
       </c>
       <c r="F150" s="28">
-        <v>53.34</v>
+        <v>51.63</v>
       </c>
       <c r="G150" s="29"/>
     </row>
     <row r="151" spans="1:15">
       <c r="B151" s="26" t="s">
         <v>154</v>
       </c>
       <c r="C151" s="26">
         <v>480</v>
       </c>
       <c r="D151" s="26">
         <v>8640</v>
       </c>
       <c r="E151" s="26">
-        <v>33.67</v>
+        <v>32.62</v>
       </c>
       <c r="F151" s="28">
-        <v>33.67</v>
+        <v>32.62</v>
       </c>
       <c r="G151" s="29"/>
     </row>
     <row r="152" spans="1:15">
       <c r="B152" s="26" t="s">
         <v>155</v>
       </c>
       <c r="C152" s="26">
         <v>352</v>
       </c>
       <c r="D152" s="26">
         <v>6336</v>
       </c>
       <c r="E152" s="26">
-        <v>45.37</v>
+        <v>43.97</v>
       </c>
       <c r="F152" s="28">
-        <v>45.37</v>
+        <v>43.97</v>
       </c>
       <c r="G152" s="29"/>
     </row>
     <row r="153" spans="1:15">
       <c r="B153" s="25" t="s">
         <v>156</v>
       </c>
       <c r="C153" s="27"/>
       <c r="D153" s="27"/>
       <c r="E153" s="27"/>
       <c r="F153" s="27"/>
       <c r="G153" s="27"/>
     </row>
     <row r="154" spans="1:15">
       <c r="B154" s="26" t="s">
         <v>157</v>
       </c>
       <c r="C154" s="26">
         <v>540</v>
       </c>
       <c r="D154" s="26">
         <v>10260</v>
       </c>
       <c r="E154" s="26">
         <v>33.3</v>
@@ -4685,334 +4682,334 @@
         <v>33.3</v>
       </c>
       <c r="G154" s="29"/>
     </row>
     <row r="155" spans="1:15">
       <c r="B155" s="25" t="s">
         <v>158</v>
       </c>
       <c r="C155" s="27"/>
       <c r="D155" s="27"/>
       <c r="E155" s="27"/>
       <c r="F155" s="27"/>
       <c r="G155" s="27"/>
     </row>
     <row r="156" spans="1:15">
       <c r="B156" s="26" t="s">
         <v>159</v>
       </c>
       <c r="C156" s="26">
         <v>480</v>
       </c>
       <c r="D156" s="26">
         <v>7200</v>
       </c>
       <c r="E156" s="26">
-        <v>109.2</v>
+        <v>111.6</v>
       </c>
       <c r="F156" s="28">
-        <v>109.2</v>
+        <v>111.6</v>
       </c>
       <c r="G156" s="29"/>
     </row>
     <row r="157" spans="1:15">
       <c r="B157" s="26" t="s">
         <v>160</v>
       </c>
       <c r="C157" s="26">
         <v>480</v>
       </c>
       <c r="D157" s="26">
         <v>7200</v>
       </c>
       <c r="E157" s="26">
-        <v>109.2</v>
+        <v>111.6</v>
       </c>
       <c r="F157" s="28">
-        <v>109.2</v>
+        <v>111.6</v>
       </c>
       <c r="G157" s="29"/>
     </row>
     <row r="158" spans="1:15">
       <c r="B158" s="26" t="s">
         <v>161</v>
       </c>
       <c r="C158" s="26">
         <v>480</v>
       </c>
       <c r="D158" s="26">
         <v>7200</v>
       </c>
       <c r="E158" s="26">
-        <v>100.8</v>
+        <v>103.2</v>
       </c>
       <c r="F158" s="28">
-        <v>100.8</v>
+        <v>103.2</v>
       </c>
       <c r="G158" s="29"/>
     </row>
     <row r="159" spans="1:15">
       <c r="B159" s="26" t="s">
         <v>162</v>
       </c>
       <c r="C159" s="26">
         <v>480</v>
       </c>
       <c r="D159" s="26">
         <v>7200</v>
       </c>
       <c r="E159" s="26">
-        <v>104.4</v>
+        <v>106.8</v>
       </c>
       <c r="F159" s="28">
-        <v>104.4</v>
+        <v>106.8</v>
       </c>
       <c r="G159" s="29"/>
     </row>
     <row r="160" spans="1:15">
       <c r="B160" s="26" t="s">
         <v>163</v>
       </c>
       <c r="C160" s="26">
         <v>480</v>
       </c>
       <c r="D160" s="26">
         <v>7200</v>
       </c>
       <c r="E160" s="26">
-        <v>104.4</v>
+        <v>106.8</v>
       </c>
       <c r="F160" s="28">
-        <v>104.4</v>
+        <v>106.8</v>
       </c>
       <c r="G160" s="29"/>
     </row>
     <row r="161" spans="1:15">
       <c r="B161" s="26" t="s">
         <v>164</v>
       </c>
       <c r="C161" s="26">
         <v>480</v>
       </c>
       <c r="D161" s="26">
         <v>7200</v>
       </c>
       <c r="E161" s="26">
-        <v>100.8</v>
+        <v>103.2</v>
       </c>
       <c r="F161" s="28">
-        <v>100.8</v>
+        <v>103.2</v>
       </c>
       <c r="G161" s="29"/>
     </row>
     <row r="162" spans="1:15">
       <c r="B162" s="26" t="s">
         <v>165</v>
       </c>
       <c r="C162" s="26">
         <v>480</v>
       </c>
       <c r="D162" s="26">
         <v>7200</v>
       </c>
       <c r="E162" s="26">
-        <v>100.8</v>
+        <v>103.2</v>
       </c>
       <c r="F162" s="28">
-        <v>100.8</v>
+        <v>103.2</v>
       </c>
       <c r="G162" s="29"/>
     </row>
     <row r="163" spans="1:15">
       <c r="B163" s="26" t="s">
         <v>166</v>
       </c>
       <c r="C163" s="26">
         <v>480</v>
       </c>
       <c r="D163" s="26">
         <v>7200</v>
       </c>
       <c r="E163" s="26">
-        <v>100.8</v>
+        <v>103.2</v>
       </c>
       <c r="F163" s="28">
-        <v>100.8</v>
+        <v>103.2</v>
       </c>
       <c r="G163" s="29"/>
     </row>
     <row r="164" spans="1:15">
       <c r="B164" s="26" t="s">
         <v>167</v>
       </c>
       <c r="C164" s="26">
         <v>480</v>
       </c>
       <c r="D164" s="26">
         <v>7200</v>
       </c>
       <c r="E164" s="26">
-        <v>100.8</v>
+        <v>103.2</v>
       </c>
       <c r="F164" s="28">
-        <v>100.8</v>
+        <v>103.2</v>
       </c>
       <c r="G164" s="29"/>
     </row>
     <row r="165" spans="1:15">
       <c r="B165" s="26" t="s">
         <v>168</v>
       </c>
       <c r="C165" s="26">
         <v>480</v>
       </c>
       <c r="D165" s="26">
         <v>7200</v>
       </c>
       <c r="E165" s="26">
-        <v>100.8</v>
+        <v>103.2</v>
       </c>
       <c r="F165" s="28">
-        <v>100.8</v>
+        <v>103.2</v>
       </c>
       <c r="G165" s="29"/>
     </row>
     <row r="166" spans="1:15">
       <c r="B166" s="26" t="s">
         <v>169</v>
       </c>
       <c r="C166" s="26">
         <v>480</v>
       </c>
       <c r="D166" s="26">
         <v>7200</v>
       </c>
       <c r="E166" s="26">
-        <v>100.8</v>
+        <v>103.2</v>
       </c>
       <c r="F166" s="28">
-        <v>100.8</v>
+        <v>103.2</v>
       </c>
       <c r="G166" s="29"/>
     </row>
     <row r="167" spans="1:15">
       <c r="B167" s="26" t="s">
         <v>170</v>
       </c>
       <c r="C167" s="26">
         <v>480</v>
       </c>
       <c r="D167" s="26">
         <v>7200</v>
       </c>
       <c r="E167" s="26">
-        <v>100.8</v>
+        <v>103.2</v>
       </c>
       <c r="F167" s="28">
-        <v>100.8</v>
+        <v>103.2</v>
       </c>
       <c r="G167" s="29"/>
     </row>
     <row r="168" spans="1:15">
       <c r="B168" s="25" t="s">
         <v>171</v>
       </c>
       <c r="C168" s="27"/>
       <c r="D168" s="27"/>
       <c r="E168" s="27"/>
       <c r="F168" s="27"/>
       <c r="G168" s="27"/>
     </row>
     <row r="169" spans="1:15">
       <c r="B169" s="26" t="s">
         <v>172</v>
       </c>
       <c r="C169" s="26">
         <v>480</v>
       </c>
       <c r="D169" s="26">
         <v>8640</v>
       </c>
       <c r="E169" s="26">
-        <v>40.5</v>
+        <v>44.5</v>
       </c>
       <c r="F169" s="28">
-        <v>40.5</v>
+        <v>42.5</v>
       </c>
       <c r="G169" s="29"/>
     </row>
     <row r="170" spans="1:15">
       <c r="B170" s="26" t="s">
         <v>173</v>
       </c>
       <c r="C170" s="26">
         <v>352</v>
       </c>
       <c r="D170" s="26">
         <v>6336</v>
       </c>
       <c r="E170" s="26">
-        <v>54.8</v>
+        <v>59.5</v>
       </c>
       <c r="F170" s="28">
-        <v>54.8</v>
+        <v>57.5</v>
       </c>
       <c r="G170" s="29"/>
     </row>
     <row r="171" spans="1:15">
       <c r="B171" s="26" t="s">
         <v>174</v>
       </c>
       <c r="C171" s="26">
         <v>352</v>
       </c>
       <c r="D171" s="26">
         <v>6336</v>
       </c>
       <c r="E171" s="26">
         <v>58.1</v>
       </c>
       <c r="F171" s="28">
         <v>56.1</v>
       </c>
       <c r="G171" s="29"/>
     </row>
     <row r="172" spans="1:15">
       <c r="B172" s="26" t="s">
         <v>175</v>
       </c>
       <c r="C172" s="26">
         <v>352</v>
       </c>
       <c r="D172" s="26">
         <v>6336</v>
       </c>
       <c r="E172" s="26">
-        <v>31.9</v>
+        <v>35.0</v>
       </c>
       <c r="F172" s="28">
-        <v>31.9</v>
+        <v>33.0</v>
       </c>
       <c r="G172" s="29"/>
     </row>
     <row r="173" spans="1:15">
       <c r="B173" s="26" t="s">
         <v>176</v>
       </c>
       <c r="C173" s="26">
         <v>480</v>
       </c>
       <c r="D173" s="26">
         <v>8640</v>
       </c>
       <c r="E173" s="26">
         <v>33.9</v>
       </c>
       <c r="F173" s="28">
         <v>31.7</v>
       </c>
       <c r="G173" s="29"/>
     </row>
     <row r="174" spans="1:15">
       <c r="B174" s="26" t="s">
         <v>177</v>
       </c>
@@ -5073,316 +5070,316 @@
       <c r="C177" s="26">
         <v>480</v>
       </c>
       <c r="D177" s="26">
         <v>8640</v>
       </c>
       <c r="E177" s="26">
         <v>45.0</v>
       </c>
       <c r="F177" s="28">
         <v>43.0</v>
       </c>
       <c r="G177" s="29"/>
     </row>
     <row r="178" spans="1:15">
       <c r="B178" s="26" t="s">
         <v>181</v>
       </c>
       <c r="C178" s="26">
         <v>480</v>
       </c>
       <c r="D178" s="26">
         <v>8640</v>
       </c>
       <c r="E178" s="26">
-        <v>39.4</v>
+        <v>43.4</v>
       </c>
       <c r="F178" s="28">
-        <v>39.4</v>
+        <v>41.4</v>
       </c>
       <c r="G178" s="29"/>
     </row>
     <row r="179" spans="1:15">
       <c r="B179" s="26" t="s">
         <v>182</v>
       </c>
       <c r="C179" s="26">
         <v>480</v>
       </c>
       <c r="D179" s="26">
         <v>8640</v>
       </c>
       <c r="E179" s="26">
         <v>42.9</v>
       </c>
       <c r="F179" s="28">
         <v>41.9</v>
       </c>
       <c r="G179" s="29"/>
     </row>
     <row r="180" spans="1:15">
       <c r="B180" s="25" t="s">
         <v>183</v>
       </c>
       <c r="C180" s="27"/>
       <c r="D180" s="27"/>
       <c r="E180" s="27"/>
       <c r="F180" s="27"/>
       <c r="G180" s="27"/>
     </row>
     <row r="181" spans="1:15">
       <c r="B181" s="26" t="s">
         <v>184</v>
       </c>
       <c r="C181" s="26">
         <v>360</v>
       </c>
       <c r="D181" s="26">
         <v>5760</v>
       </c>
       <c r="E181" s="26">
-        <v>175.7</v>
+        <v>166.7</v>
       </c>
       <c r="F181" s="28">
-        <v>175.7</v>
+        <v>166.7</v>
       </c>
       <c r="G181" s="29"/>
     </row>
     <row r="182" spans="1:15">
       <c r="B182" s="26" t="s">
         <v>185</v>
       </c>
       <c r="C182" s="26">
         <v>660</v>
       </c>
       <c r="D182" s="26">
         <v>10560</v>
       </c>
       <c r="E182" s="26">
-        <v>44.1</v>
+        <v>44.44</v>
       </c>
       <c r="F182" s="28">
-        <v>44.1</v>
+        <v>44.44</v>
       </c>
       <c r="G182" s="29"/>
     </row>
     <row r="183" spans="1:15">
       <c r="B183" s="26" t="s">
         <v>186</v>
       </c>
       <c r="C183" s="26">
         <v>660</v>
       </c>
       <c r="D183" s="26">
         <v>10560</v>
       </c>
       <c r="E183" s="26">
-        <v>44.1</v>
+        <v>44.44</v>
       </c>
       <c r="F183" s="28">
-        <v>44.1</v>
+        <v>44.44</v>
       </c>
       <c r="G183" s="29"/>
     </row>
     <row r="184" spans="1:15">
       <c r="B184" s="26" t="s">
         <v>187</v>
       </c>
       <c r="C184" s="26">
         <v>660</v>
       </c>
       <c r="D184" s="26">
         <v>10560</v>
       </c>
       <c r="E184" s="26">
-        <v>44.1</v>
+        <v>44.44</v>
       </c>
       <c r="F184" s="28">
-        <v>44.1</v>
+        <v>44.44</v>
       </c>
       <c r="G184" s="29"/>
     </row>
     <row r="185" spans="1:15">
       <c r="B185" s="26" t="s">
         <v>188</v>
       </c>
       <c r="C185" s="26">
         <v>660</v>
       </c>
       <c r="D185" s="26">
         <v>10560</v>
       </c>
       <c r="E185" s="26">
-        <v>29.0</v>
+        <v>23.94</v>
       </c>
       <c r="F185" s="28">
-        <v>29.0</v>
+        <v>23.94</v>
       </c>
       <c r="G185" s="29"/>
     </row>
     <row r="186" spans="1:15">
       <c r="B186" s="26" t="s">
         <v>189</v>
       </c>
       <c r="C186" s="26">
         <v>660</v>
       </c>
       <c r="D186" s="26">
         <v>10560</v>
       </c>
       <c r="E186" s="26">
-        <v>29.0</v>
+        <v>23.94</v>
       </c>
       <c r="F186" s="28">
-        <v>29.0</v>
+        <v>23.94</v>
       </c>
       <c r="G186" s="29"/>
     </row>
     <row r="187" spans="1:15">
       <c r="B187" s="26" t="s">
         <v>190</v>
       </c>
       <c r="C187" s="26">
         <v>660</v>
       </c>
       <c r="D187" s="26">
         <v>10560</v>
       </c>
       <c r="E187" s="26">
-        <v>29.0</v>
+        <v>23.94</v>
       </c>
       <c r="F187" s="28">
-        <v>29.0</v>
+        <v>23.94</v>
       </c>
       <c r="G187" s="29"/>
     </row>
     <row r="188" spans="1:15">
       <c r="B188" s="26" t="s">
         <v>191</v>
       </c>
       <c r="C188" s="26">
         <v>900</v>
       </c>
       <c r="D188" s="26">
         <v>8712</v>
       </c>
       <c r="E188" s="26">
-        <v>39.7</v>
+        <v>32.83</v>
       </c>
       <c r="F188" s="28">
-        <v>39.7</v>
+        <v>32.83</v>
       </c>
       <c r="G188" s="29"/>
     </row>
     <row r="189" spans="1:15">
       <c r="B189" s="26" t="s">
         <v>192</v>
       </c>
       <c r="C189" s="26">
         <v>900</v>
       </c>
       <c r="D189" s="26">
         <v>8712</v>
       </c>
       <c r="E189" s="26">
-        <v>38.0</v>
+        <v>30.99</v>
       </c>
       <c r="F189" s="28">
-        <v>38.0</v>
+        <v>30.99</v>
       </c>
       <c r="G189" s="29"/>
     </row>
     <row r="190" spans="1:15">
       <c r="B190" s="26" t="s">
         <v>193</v>
       </c>
       <c r="C190" s="26">
         <v>480</v>
       </c>
       <c r="D190" s="26">
         <v>8640</v>
       </c>
       <c r="E190" s="26">
-        <v>53.2</v>
+        <v>52.9</v>
       </c>
       <c r="F190" s="28">
-        <v>50.5</v>
+        <v>52.9</v>
       </c>
       <c r="G190" s="29"/>
     </row>
     <row r="191" spans="1:15">
       <c r="B191" s="26" t="s">
         <v>194</v>
       </c>
       <c r="C191" s="26">
         <v>480</v>
       </c>
       <c r="D191" s="26">
         <v>8640</v>
       </c>
       <c r="E191" s="26">
-        <v>35.2</v>
+        <v>28.5</v>
       </c>
       <c r="F191" s="28">
-        <v>35.2</v>
+        <v>28.5</v>
       </c>
       <c r="G191" s="29"/>
     </row>
     <row r="192" spans="1:15">
       <c r="B192" s="26" t="s">
         <v>195</v>
       </c>
       <c r="C192" s="26">
         <v>480</v>
       </c>
       <c r="D192" s="26">
         <v>8640</v>
       </c>
       <c r="E192" s="26">
         <v>35.2</v>
       </c>
       <c r="F192" s="28">
         <v>35.2</v>
       </c>
       <c r="G192" s="29"/>
     </row>
     <row r="193" spans="1:15">
       <c r="B193" s="26" t="s">
         <v>196</v>
       </c>
       <c r="C193" s="26">
         <v>480</v>
       </c>
       <c r="D193" s="26">
         <v>8640</v>
       </c>
       <c r="E193" s="26">
-        <v>35.2</v>
+        <v>28.5</v>
       </c>
       <c r="F193" s="28">
-        <v>35.2</v>
+        <v>28.5</v>
       </c>
       <c r="G193" s="29"/>
     </row>
     <row r="194" spans="1:15">
       <c r="B194" s="26" t="s">
         <v>197</v>
       </c>
       <c r="C194" s="26">
         <v>480</v>
       </c>
       <c r="D194" s="26">
         <v>8640</v>
       </c>
       <c r="E194" s="26">
         <v>65.2</v>
       </c>
       <c r="F194" s="28">
         <v>66.2</v>
       </c>
       <c r="G194" s="29"/>
     </row>
     <row r="195" spans="1:15">
       <c r="B195" s="26" t="s">
         <v>198</v>
       </c>
@@ -5443,4141 +5440,4130 @@
       <c r="C198" s="26">
         <v>480</v>
       </c>
       <c r="D198" s="26">
         <v>8640</v>
       </c>
       <c r="E198" s="26">
         <v>65.2</v>
       </c>
       <c r="F198" s="28">
         <v>66.2</v>
       </c>
       <c r="G198" s="29"/>
     </row>
     <row r="199" spans="1:15">
       <c r="B199" s="26" t="s">
         <v>202</v>
       </c>
       <c r="C199" s="26">
         <v>480</v>
       </c>
       <c r="D199" s="26">
         <v>8640</v>
       </c>
       <c r="E199" s="26">
-        <v>52.2</v>
+        <v>44.7</v>
       </c>
       <c r="F199" s="28">
-        <v>52.2</v>
+        <v>44.7</v>
       </c>
       <c r="G199" s="29"/>
     </row>
     <row r="200" spans="1:15">
       <c r="B200" s="26" t="s">
         <v>203</v>
       </c>
       <c r="C200" s="26">
         <v>480</v>
       </c>
       <c r="D200" s="26">
         <v>8640</v>
       </c>
       <c r="E200" s="26">
-        <v>51.2</v>
+        <v>44.7</v>
       </c>
       <c r="F200" s="28">
-        <v>51.2</v>
+        <v>44.7</v>
       </c>
       <c r="G200" s="29"/>
     </row>
     <row r="201" spans="1:15">
       <c r="B201" s="26" t="s">
         <v>204</v>
       </c>
       <c r="C201" s="26">
         <v>480</v>
       </c>
       <c r="D201" s="26">
         <v>8640</v>
       </c>
       <c r="E201" s="26">
-        <v>61.2</v>
+        <v>43.9</v>
       </c>
       <c r="F201" s="28">
-        <v>61.2</v>
+        <v>43.9</v>
       </c>
       <c r="G201" s="29"/>
     </row>
     <row r="202" spans="1:15">
       <c r="B202" s="26" t="s">
         <v>205</v>
       </c>
       <c r="C202" s="26">
-        <v>352</v>
+        <v>480</v>
       </c>
       <c r="D202" s="26">
-        <v>6336</v>
+        <v>8640</v>
       </c>
       <c r="E202" s="26">
-        <v>47.8</v>
+        <v>59.9</v>
       </c>
       <c r="F202" s="28">
-        <v>47.8</v>
+        <v>59.9</v>
       </c>
       <c r="G202" s="29"/>
     </row>
     <row r="203" spans="1:15">
       <c r="B203" s="26" t="s">
         <v>206</v>
       </c>
       <c r="C203" s="26">
         <v>352</v>
       </c>
       <c r="D203" s="26">
         <v>6336</v>
       </c>
       <c r="E203" s="26">
-        <v>47.8</v>
+        <v>38.59</v>
       </c>
       <c r="F203" s="28">
-        <v>47.8</v>
+        <v>38.59</v>
       </c>
       <c r="G203" s="29"/>
     </row>
     <row r="204" spans="1:15">
       <c r="B204" s="26" t="s">
         <v>207</v>
       </c>
       <c r="C204" s="26">
         <v>352</v>
       </c>
       <c r="D204" s="26">
         <v>6336</v>
       </c>
       <c r="E204" s="26">
-        <v>47.8</v>
+        <v>38.59</v>
       </c>
       <c r="F204" s="28">
-        <v>47.8</v>
+        <v>38.59</v>
       </c>
       <c r="G204" s="29"/>
     </row>
     <row r="205" spans="1:15">
       <c r="B205" s="26" t="s">
         <v>208</v>
       </c>
       <c r="C205" s="26">
         <v>352</v>
       </c>
       <c r="D205" s="26">
-        <v>5280</v>
+        <v>6336</v>
       </c>
       <c r="E205" s="26">
-        <v>47.8</v>
+        <v>38.59</v>
       </c>
       <c r="F205" s="28">
-        <v>47.8</v>
+        <v>38.59</v>
       </c>
       <c r="G205" s="29"/>
     </row>
     <row r="206" spans="1:15">
       <c r="B206" s="26" t="s">
         <v>209</v>
       </c>
       <c r="C206" s="26">
         <v>352</v>
       </c>
       <c r="D206" s="26">
-        <v>6336</v>
+        <v>5280</v>
       </c>
       <c r="E206" s="26">
-        <v>47.8</v>
+        <v>38.59</v>
       </c>
       <c r="F206" s="28">
-        <v>47.8</v>
+        <v>38.59</v>
       </c>
       <c r="G206" s="29"/>
     </row>
     <row r="207" spans="1:15">
       <c r="B207" s="26" t="s">
         <v>210</v>
       </c>
       <c r="C207" s="26">
         <v>352</v>
       </c>
       <c r="D207" s="26">
-        <v>5280</v>
+        <v>6336</v>
       </c>
       <c r="E207" s="26">
-        <v>47.8</v>
+        <v>38.59</v>
       </c>
       <c r="F207" s="28">
-        <v>47.8</v>
+        <v>38.59</v>
       </c>
       <c r="G207" s="29"/>
     </row>
     <row r="208" spans="1:15">
       <c r="B208" s="26" t="s">
         <v>211</v>
       </c>
       <c r="C208" s="26">
         <v>352</v>
       </c>
       <c r="D208" s="26">
         <v>5280</v>
       </c>
       <c r="E208" s="26">
-        <v>47.8</v>
+        <v>38.59</v>
       </c>
       <c r="F208" s="28">
-        <v>47.8</v>
+        <v>38.59</v>
       </c>
       <c r="G208" s="29"/>
     </row>
     <row r="209" spans="1:15">
       <c r="B209" s="26" t="s">
         <v>212</v>
       </c>
       <c r="C209" s="26">
         <v>352</v>
       </c>
       <c r="D209" s="26">
-        <v>6336</v>
+        <v>5280</v>
       </c>
       <c r="E209" s="26">
-        <v>47.8</v>
+        <v>38.59</v>
       </c>
       <c r="F209" s="28">
-        <v>47.8</v>
+        <v>38.59</v>
       </c>
       <c r="G209" s="29"/>
     </row>
     <row r="210" spans="1:15">
       <c r="B210" s="26" t="s">
         <v>213</v>
       </c>
       <c r="C210" s="26">
         <v>352</v>
       </c>
       <c r="D210" s="26">
         <v>6336</v>
       </c>
       <c r="E210" s="26">
-        <v>88.4</v>
+        <v>38.59</v>
       </c>
       <c r="F210" s="28">
-        <v>88.4</v>
+        <v>38.59</v>
       </c>
       <c r="G210" s="29"/>
     </row>
     <row r="211" spans="1:15">
       <c r="B211" s="26" t="s">
         <v>214</v>
       </c>
       <c r="C211" s="26">
         <v>352</v>
       </c>
       <c r="D211" s="26">
         <v>6336</v>
       </c>
       <c r="E211" s="26">
-        <v>45.7</v>
+        <v>88.4</v>
       </c>
       <c r="F211" s="28">
-        <v>45.7</v>
+        <v>88.4</v>
       </c>
       <c r="G211" s="29"/>
     </row>
     <row r="212" spans="1:15">
       <c r="B212" s="26" t="s">
         <v>215</v>
       </c>
       <c r="C212" s="26">
         <v>352</v>
       </c>
       <c r="D212" s="26">
         <v>6336</v>
       </c>
       <c r="E212" s="26">
-        <v>45.7</v>
+        <v>36.42</v>
       </c>
       <c r="F212" s="28">
-        <v>45.7</v>
+        <v>36.42</v>
       </c>
       <c r="G212" s="29"/>
     </row>
     <row r="213" spans="1:15">
       <c r="B213" s="26" t="s">
         <v>216</v>
       </c>
       <c r="C213" s="26">
         <v>352</v>
       </c>
       <c r="D213" s="26">
         <v>6336</v>
       </c>
       <c r="E213" s="26">
-        <v>45.7</v>
+        <v>36.42</v>
       </c>
       <c r="F213" s="28">
-        <v>45.7</v>
+        <v>36.42</v>
       </c>
       <c r="G213" s="29"/>
     </row>
     <row r="214" spans="1:15">
       <c r="B214" s="26" t="s">
         <v>217</v>
       </c>
       <c r="C214" s="26">
         <v>352</v>
       </c>
       <c r="D214" s="26">
         <v>6336</v>
       </c>
       <c r="E214" s="26">
-        <v>45.7</v>
+        <v>36.42</v>
       </c>
       <c r="F214" s="28">
-        <v>45.7</v>
+        <v>36.42</v>
       </c>
       <c r="G214" s="29"/>
     </row>
     <row r="215" spans="1:15">
       <c r="B215" s="26" t="s">
         <v>218</v>
       </c>
       <c r="C215" s="26">
         <v>352</v>
       </c>
       <c r="D215" s="26">
         <v>6336</v>
       </c>
       <c r="E215" s="26">
-        <v>45.7</v>
+        <v>36.42</v>
       </c>
       <c r="F215" s="28">
-        <v>45.7</v>
+        <v>36.42</v>
       </c>
       <c r="G215" s="29"/>
     </row>
     <row r="216" spans="1:15">
       <c r="B216" s="26" t="s">
         <v>219</v>
       </c>
       <c r="C216" s="26">
         <v>352</v>
       </c>
       <c r="D216" s="26">
         <v>6336</v>
       </c>
       <c r="E216" s="26">
-        <v>65.4</v>
+        <v>36.42</v>
       </c>
       <c r="F216" s="28">
-        <v>65.4</v>
+        <v>36.42</v>
       </c>
       <c r="G216" s="29"/>
     </row>
     <row r="217" spans="1:15">
       <c r="B217" s="26" t="s">
         <v>220</v>
       </c>
       <c r="C217" s="26">
         <v>352</v>
       </c>
       <c r="D217" s="26">
         <v>6336</v>
       </c>
       <c r="E217" s="26">
-        <v>65.4</v>
+        <v>56.46</v>
       </c>
       <c r="F217" s="28">
-        <v>65.4</v>
+        <v>56.46</v>
       </c>
       <c r="G217" s="29"/>
     </row>
     <row r="218" spans="1:15">
       <c r="B218" s="26" t="s">
         <v>221</v>
       </c>
       <c r="C218" s="26">
         <v>352</v>
       </c>
       <c r="D218" s="26">
         <v>6336</v>
       </c>
       <c r="E218" s="26">
-        <v>65.4</v>
+        <v>56.46</v>
       </c>
       <c r="F218" s="28">
-        <v>65.4</v>
+        <v>56.46</v>
       </c>
       <c r="G218" s="29"/>
     </row>
     <row r="219" spans="1:15">
       <c r="B219" s="26" t="s">
         <v>222</v>
       </c>
       <c r="C219" s="26">
         <v>352</v>
       </c>
       <c r="D219" s="26">
         <v>6336</v>
       </c>
       <c r="E219" s="26">
-        <v>65.4</v>
+        <v>56.46</v>
       </c>
       <c r="F219" s="28">
-        <v>65.4</v>
+        <v>56.46</v>
       </c>
       <c r="G219" s="29"/>
     </row>
     <row r="220" spans="1:15">
       <c r="B220" s="26" t="s">
         <v>223</v>
       </c>
       <c r="C220" s="26">
         <v>352</v>
       </c>
       <c r="D220" s="26">
         <v>6336</v>
       </c>
       <c r="E220" s="26">
-        <v>65.4</v>
+        <v>56.46</v>
       </c>
       <c r="F220" s="28">
-        <v>65.4</v>
+        <v>56.46</v>
       </c>
       <c r="G220" s="29"/>
     </row>
     <row r="221" spans="1:15">
-      <c r="B221" s="25" t="s">
+      <c r="B221" s="26" t="s">
         <v>224</v>
       </c>
-      <c r="C221" s="27"/>
-[...3 lines deleted...]
-      <c r="G221" s="27"/>
+      <c r="C221" s="26">
+        <v>352</v>
+      </c>
+      <c r="D221" s="26">
+        <v>6336</v>
+      </c>
+      <c r="E221" s="26">
+        <v>56.46</v>
+      </c>
+      <c r="F221" s="28">
+        <v>56.46</v>
+      </c>
+      <c r="G221" s="29"/>
     </row>
     <row r="222" spans="1:15">
-      <c r="B222" s="26" t="s">
+      <c r="B222" s="25" t="s">
         <v>225</v>
       </c>
-      <c r="C222" s="26">
-[...11 lines deleted...]
-      <c r="G222" s="29"/>
+      <c r="C222" s="27"/>
+      <c r="D222" s="27"/>
+      <c r="E222" s="27"/>
+      <c r="F222" s="27"/>
+      <c r="G222" s="27"/>
     </row>
     <row r="223" spans="1:15">
       <c r="B223" s="26" t="s">
         <v>226</v>
       </c>
       <c r="C223" s="26">
         <v>348</v>
       </c>
       <c r="D223" s="26">
-        <v>6960</v>
+        <v>6264</v>
       </c>
       <c r="E223" s="26">
-        <v>61.0</v>
+        <v>68.3</v>
       </c>
       <c r="F223" s="28">
-        <v>61.0</v>
+        <v>68.3</v>
       </c>
       <c r="G223" s="29"/>
     </row>
     <row r="224" spans="1:15">
       <c r="B224" s="26" t="s">
         <v>227</v>
       </c>
       <c r="C224" s="26">
         <v>348</v>
       </c>
       <c r="D224" s="26">
         <v>6960</v>
       </c>
       <c r="E224" s="26">
-        <v>38.0</v>
+        <v>68.3</v>
       </c>
       <c r="F224" s="28">
-        <v>38.0</v>
+        <v>68.3</v>
       </c>
       <c r="G224" s="29"/>
     </row>
     <row r="225" spans="1:15">
       <c r="B225" s="26" t="s">
         <v>228</v>
       </c>
       <c r="C225" s="26">
-        <v>444</v>
+        <v>348</v>
       </c>
       <c r="D225" s="26">
-        <v>7992</v>
+        <v>6960</v>
       </c>
       <c r="E225" s="26">
-        <v>38.0</v>
+        <v>45.0</v>
       </c>
       <c r="F225" s="28">
-        <v>38.0</v>
+        <v>45.0</v>
       </c>
       <c r="G225" s="29"/>
     </row>
     <row r="226" spans="1:15">
       <c r="B226" s="26" t="s">
         <v>229</v>
       </c>
       <c r="C226" s="26">
         <v>444</v>
       </c>
       <c r="D226" s="26">
         <v>7992</v>
       </c>
       <c r="E226" s="26">
         <v>45.0</v>
       </c>
       <c r="F226" s="28">
         <v>45.0</v>
       </c>
       <c r="G226" s="29"/>
     </row>
     <row r="227" spans="1:15">
       <c r="B227" s="26" t="s">
         <v>230</v>
       </c>
       <c r="C227" s="26">
         <v>444</v>
       </c>
       <c r="D227" s="26">
         <v>7992</v>
       </c>
       <c r="E227" s="26">
-        <v>45.0</v>
+        <v>51.1</v>
       </c>
       <c r="F227" s="28">
-        <v>45.0</v>
+        <v>51.1</v>
       </c>
       <c r="G227" s="29"/>
     </row>
     <row r="228" spans="1:15">
       <c r="B228" s="26" t="s">
         <v>231</v>
       </c>
       <c r="C228" s="26">
         <v>444</v>
       </c>
       <c r="D228" s="26">
         <v>7992</v>
       </c>
       <c r="E228" s="26">
-        <v>62.0</v>
+        <v>51.1</v>
       </c>
       <c r="F228" s="28">
-        <v>62.0</v>
+        <v>51.1</v>
       </c>
       <c r="G228" s="29"/>
     </row>
     <row r="229" spans="1:15">
       <c r="B229" s="26" t="s">
         <v>232</v>
       </c>
       <c r="C229" s="26">
-        <v>348</v>
+        <v>444</v>
       </c>
       <c r="D229" s="26">
-        <v>6264</v>
+        <v>7992</v>
       </c>
       <c r="E229" s="26">
-        <v>38.0</v>
+        <v>68.4</v>
       </c>
       <c r="F229" s="28">
-        <v>38.0</v>
+        <v>68.4</v>
       </c>
       <c r="G229" s="29"/>
     </row>
     <row r="230" spans="1:15">
       <c r="B230" s="26" t="s">
         <v>233</v>
       </c>
       <c r="C230" s="26">
         <v>348</v>
       </c>
       <c r="D230" s="26">
         <v>6264</v>
       </c>
       <c r="E230" s="26">
-        <v>38.0</v>
+        <v>51.3</v>
       </c>
       <c r="F230" s="28">
-        <v>38.0</v>
+        <v>51.3</v>
       </c>
       <c r="G230" s="29"/>
     </row>
     <row r="231" spans="1:15">
       <c r="B231" s="26" t="s">
         <v>234</v>
       </c>
       <c r="C231" s="26">
         <v>348</v>
       </c>
       <c r="D231" s="26">
         <v>6264</v>
       </c>
       <c r="E231" s="26">
-        <v>49.0</v>
+        <v>51.3</v>
       </c>
       <c r="F231" s="28">
-        <v>49.0</v>
+        <v>51.3</v>
       </c>
       <c r="G231" s="29"/>
     </row>
     <row r="232" spans="1:15">
       <c r="B232" s="26" t="s">
         <v>235</v>
       </c>
       <c r="C232" s="26">
-        <v>540</v>
+        <v>348</v>
       </c>
       <c r="D232" s="26">
-        <v>9720</v>
+        <v>6264</v>
       </c>
       <c r="E232" s="26">
-        <v>82.0</v>
+        <v>56.0</v>
       </c>
       <c r="F232" s="28">
-        <v>82.0</v>
+        <v>56.0</v>
       </c>
       <c r="G232" s="29"/>
     </row>
     <row r="233" spans="1:15">
       <c r="B233" s="26" t="s">
         <v>236</v>
       </c>
       <c r="C233" s="26">
         <v>540</v>
       </c>
       <c r="D233" s="26">
         <v>9720</v>
       </c>
       <c r="E233" s="26">
-        <v>49.0</v>
+        <v>91.8</v>
       </c>
       <c r="F233" s="28">
-        <v>49.0</v>
+        <v>91.8</v>
       </c>
       <c r="G233" s="29"/>
     </row>
     <row r="234" spans="1:15">
       <c r="B234" s="26" t="s">
         <v>237</v>
       </c>
       <c r="C234" s="26">
         <v>540</v>
       </c>
       <c r="D234" s="26">
         <v>9720</v>
       </c>
       <c r="E234" s="26">
-        <v>49.0</v>
+        <v>58.3</v>
       </c>
       <c r="F234" s="28">
-        <v>49.0</v>
+        <v>58.3</v>
       </c>
       <c r="G234" s="29"/>
     </row>
     <row r="235" spans="1:15">
       <c r="B235" s="26" t="s">
         <v>238</v>
       </c>
       <c r="C235" s="26">
         <v>540</v>
       </c>
       <c r="D235" s="26">
         <v>9720</v>
       </c>
       <c r="E235" s="26">
-        <v>57.0</v>
+        <v>58.3</v>
       </c>
       <c r="F235" s="28">
-        <v>57.0</v>
+        <v>58.3</v>
       </c>
       <c r="G235" s="29"/>
     </row>
     <row r="236" spans="1:15">
       <c r="B236" s="26" t="s">
         <v>239</v>
       </c>
       <c r="C236" s="26">
-        <v>348</v>
+        <v>540</v>
       </c>
       <c r="D236" s="26">
-        <v>6264</v>
+        <v>9720</v>
       </c>
       <c r="E236" s="26">
-        <v>57.0</v>
+        <v>65.1</v>
       </c>
       <c r="F236" s="28">
-        <v>57.0</v>
+        <v>65.1</v>
       </c>
       <c r="G236" s="29"/>
     </row>
     <row r="237" spans="1:15">
       <c r="B237" s="26" t="s">
         <v>240</v>
       </c>
       <c r="C237" s="26">
-        <v>540</v>
+        <v>348</v>
       </c>
       <c r="D237" s="26">
-        <v>9720</v>
+        <v>6264</v>
       </c>
       <c r="E237" s="26">
-        <v>59.0</v>
+        <v>65.1</v>
       </c>
       <c r="F237" s="28">
-        <v>59.0</v>
+        <v>65.1</v>
       </c>
       <c r="G237" s="29"/>
     </row>
     <row r="238" spans="1:15">
       <c r="B238" s="26" t="s">
         <v>241</v>
       </c>
       <c r="C238" s="26">
         <v>540</v>
       </c>
       <c r="D238" s="26">
         <v>9720</v>
       </c>
       <c r="E238" s="26">
+        <v>68.8</v>
+      </c>
+      <c r="F238" s="28">
+        <v>68.8</v>
+      </c>
+      <c r="G238" s="29"/>
+    </row>
+    <row r="239" spans="1:15">
+      <c r="B239" s="26" t="s">
+        <v>242</v>
+      </c>
+      <c r="C239" s="26">
+        <v>540</v>
+      </c>
+      <c r="D239" s="26">
+        <v>9720</v>
+      </c>
+      <c r="E239" s="26">
         <v>66.0</v>
       </c>
-      <c r="F238" s="28">
+      <c r="F239" s="28">
         <v>66.0</v>
       </c>
-      <c r="G238" s="29"/>
-[...9 lines deleted...]
-      <c r="G239" s="27"/>
+      <c r="G239" s="29"/>
     </row>
     <row r="240" spans="1:15">
-      <c r="B240" s="26" t="s">
+      <c r="B240" s="25" t="s">
         <v>243</v>
       </c>
-      <c r="C240" s="26">
-[...11 lines deleted...]
-      <c r="G240" s="29"/>
+      <c r="C240" s="27"/>
+      <c r="D240" s="27"/>
+      <c r="E240" s="27"/>
+      <c r="F240" s="27"/>
+      <c r="G240" s="27"/>
     </row>
     <row r="241" spans="1:15">
       <c r="B241" s="26" t="s">
         <v>244</v>
       </c>
       <c r="C241" s="26">
         <v>480</v>
       </c>
       <c r="D241" s="26">
         <v>8160</v>
       </c>
       <c r="E241" s="26">
         <v>51.9</v>
       </c>
       <c r="F241" s="28">
         <v>51.9</v>
       </c>
       <c r="G241" s="29"/>
     </row>
     <row r="242" spans="1:15">
       <c r="B242" s="26" t="s">
         <v>245</v>
       </c>
       <c r="C242" s="26">
         <v>480</v>
       </c>
       <c r="D242" s="26">
         <v>8160</v>
       </c>
       <c r="E242" s="26">
-        <v>63.9</v>
+        <v>51.9</v>
       </c>
       <c r="F242" s="28">
-        <v>63.9</v>
+        <v>51.9</v>
       </c>
       <c r="G242" s="29"/>
     </row>
     <row r="243" spans="1:15">
       <c r="B243" s="26" t="s">
         <v>246</v>
       </c>
       <c r="C243" s="26">
         <v>480</v>
       </c>
       <c r="D243" s="26">
         <v>8160</v>
       </c>
       <c r="E243" s="26">
         <v>63.9</v>
       </c>
       <c r="F243" s="28">
         <v>63.9</v>
       </c>
       <c r="G243" s="29"/>
     </row>
     <row r="244" spans="1:15">
       <c r="B244" s="26" t="s">
         <v>247</v>
       </c>
       <c r="C244" s="26">
         <v>480</v>
       </c>
       <c r="D244" s="26">
         <v>8160</v>
       </c>
       <c r="E244" s="26">
-        <v>53.9</v>
+        <v>63.9</v>
       </c>
       <c r="F244" s="28">
-        <v>53.9</v>
+        <v>63.9</v>
       </c>
       <c r="G244" s="29"/>
     </row>
     <row r="245" spans="1:15">
       <c r="B245" s="26" t="s">
         <v>248</v>
       </c>
       <c r="C245" s="26">
         <v>480</v>
       </c>
       <c r="D245" s="26">
         <v>8160</v>
       </c>
       <c r="E245" s="26">
         <v>53.9</v>
       </c>
       <c r="F245" s="28">
         <v>53.9</v>
       </c>
       <c r="G245" s="29"/>
     </row>
     <row r="246" spans="1:15">
       <c r="B246" s="26" t="s">
         <v>249</v>
       </c>
       <c r="C246" s="26">
         <v>480</v>
       </c>
       <c r="D246" s="26">
         <v>8160</v>
       </c>
       <c r="E246" s="26">
-        <v>51.9</v>
+        <v>53.9</v>
       </c>
       <c r="F246" s="28">
-        <v>51.9</v>
+        <v>53.9</v>
       </c>
       <c r="G246" s="29"/>
     </row>
     <row r="247" spans="1:15">
       <c r="B247" s="26" t="s">
         <v>250</v>
       </c>
       <c r="C247" s="26">
         <v>480</v>
       </c>
       <c r="D247" s="26">
         <v>8160</v>
       </c>
       <c r="E247" s="26">
         <v>51.9</v>
       </c>
       <c r="F247" s="28">
         <v>51.9</v>
       </c>
       <c r="G247" s="29"/>
     </row>
     <row r="248" spans="1:15">
       <c r="B248" s="26" t="s">
         <v>251</v>
       </c>
       <c r="C248" s="26">
-        <v>256</v>
+        <v>480</v>
       </c>
       <c r="D248" s="26">
-        <v>4608</v>
+        <v>8160</v>
       </c>
       <c r="E248" s="26">
-        <v>120.9</v>
+        <v>51.9</v>
       </c>
       <c r="F248" s="28">
-        <v>120.9</v>
+        <v>51.9</v>
       </c>
       <c r="G248" s="29"/>
     </row>
     <row r="249" spans="1:15">
       <c r="B249" s="26" t="s">
         <v>252</v>
       </c>
       <c r="C249" s="26">
-        <v>420</v>
+        <v>256</v>
       </c>
       <c r="D249" s="26">
-        <v>7980</v>
+        <v>4608</v>
       </c>
       <c r="E249" s="26">
-        <v>41.9</v>
+        <v>120.9</v>
       </c>
       <c r="F249" s="28">
-        <v>41.9</v>
+        <v>120.9</v>
       </c>
       <c r="G249" s="29"/>
     </row>
     <row r="250" spans="1:15">
       <c r="B250" s="26" t="s">
         <v>253</v>
       </c>
       <c r="C250" s="26">
         <v>420</v>
       </c>
       <c r="D250" s="26">
         <v>7980</v>
       </c>
       <c r="E250" s="26">
         <v>41.9</v>
       </c>
       <c r="F250" s="28">
         <v>41.9</v>
       </c>
       <c r="G250" s="29"/>
     </row>
     <row r="251" spans="1:15">
       <c r="B251" s="26" t="s">
         <v>254</v>
       </c>
       <c r="C251" s="26">
         <v>420</v>
       </c>
       <c r="D251" s="26">
         <v>7980</v>
       </c>
       <c r="E251" s="26">
-        <v>31.9</v>
+        <v>41.9</v>
       </c>
       <c r="F251" s="28">
-        <v>31.9</v>
+        <v>41.9</v>
       </c>
       <c r="G251" s="29"/>
     </row>
     <row r="252" spans="1:15">
       <c r="B252" s="26" t="s">
         <v>255</v>
       </c>
       <c r="C252" s="26">
         <v>420</v>
       </c>
       <c r="D252" s="26">
         <v>7980</v>
       </c>
       <c r="E252" s="26">
         <v>31.9</v>
       </c>
       <c r="F252" s="28">
         <v>31.9</v>
       </c>
       <c r="G252" s="29"/>
     </row>
     <row r="253" spans="1:15">
       <c r="B253" s="26" t="s">
         <v>256</v>
       </c>
       <c r="C253" s="26">
-        <v>480</v>
+        <v>420</v>
       </c>
       <c r="D253" s="26">
-        <v>8640</v>
+        <v>7980</v>
       </c>
       <c r="E253" s="26">
-        <v>37.9</v>
+        <v>31.9</v>
       </c>
       <c r="F253" s="28">
-        <v>37.9</v>
+        <v>31.9</v>
       </c>
       <c r="G253" s="29"/>
     </row>
     <row r="254" spans="1:15">
       <c r="B254" s="26" t="s">
         <v>257</v>
       </c>
       <c r="C254" s="26">
         <v>480</v>
       </c>
       <c r="D254" s="26">
         <v>8640</v>
       </c>
       <c r="E254" s="26">
         <v>37.9</v>
       </c>
       <c r="F254" s="28">
         <v>37.9</v>
       </c>
       <c r="G254" s="29"/>
     </row>
     <row r="255" spans="1:15">
       <c r="B255" s="26" t="s">
         <v>258</v>
       </c>
       <c r="C255" s="26">
         <v>480</v>
       </c>
       <c r="D255" s="26">
         <v>8640</v>
       </c>
       <c r="E255" s="26">
-        <v>56.9</v>
+        <v>37.9</v>
       </c>
       <c r="F255" s="28">
-        <v>56.9</v>
+        <v>37.9</v>
       </c>
       <c r="G255" s="29"/>
     </row>
     <row r="256" spans="1:15">
       <c r="B256" s="26" t="s">
         <v>259</v>
       </c>
       <c r="C256" s="26">
-        <v>420</v>
+        <v>480</v>
       </c>
       <c r="D256" s="26">
-        <v>7680</v>
+        <v>8640</v>
       </c>
       <c r="E256" s="26">
         <v>56.9</v>
       </c>
       <c r="F256" s="28">
         <v>56.9</v>
       </c>
       <c r="G256" s="29"/>
     </row>
     <row r="257" spans="1:15">
       <c r="B257" s="26" t="s">
         <v>260</v>
       </c>
       <c r="C257" s="26">
         <v>420</v>
       </c>
       <c r="D257" s="26">
-        <v>7980</v>
+        <v>7680</v>
       </c>
       <c r="E257" s="26">
-        <v>49.9</v>
+        <v>56.9</v>
       </c>
       <c r="F257" s="28">
-        <v>49.9</v>
+        <v>56.9</v>
       </c>
       <c r="G257" s="29"/>
     </row>
     <row r="258" spans="1:15">
       <c r="B258" s="26" t="s">
         <v>261</v>
       </c>
       <c r="C258" s="26">
         <v>420</v>
       </c>
       <c r="D258" s="26">
         <v>7980</v>
       </c>
       <c r="E258" s="26">
         <v>49.9</v>
       </c>
       <c r="F258" s="28">
         <v>49.9</v>
       </c>
       <c r="G258" s="29"/>
     </row>
     <row r="259" spans="1:15">
       <c r="B259" s="26" t="s">
         <v>262</v>
       </c>
       <c r="C259" s="26">
         <v>420</v>
       </c>
       <c r="D259" s="26">
         <v>7980</v>
       </c>
       <c r="E259" s="26">
-        <v>34.9</v>
+        <v>49.9</v>
       </c>
       <c r="F259" s="28">
-        <v>34.9</v>
+        <v>49.9</v>
       </c>
       <c r="G259" s="29"/>
     </row>
     <row r="260" spans="1:15">
       <c r="B260" s="26" t="s">
         <v>263</v>
       </c>
       <c r="C260" s="26">
         <v>420</v>
       </c>
       <c r="D260" s="26">
         <v>7980</v>
       </c>
       <c r="E260" s="26">
         <v>34.9</v>
       </c>
       <c r="F260" s="28">
         <v>34.9</v>
       </c>
       <c r="G260" s="29"/>
     </row>
     <row r="261" spans="1:15">
       <c r="B261" s="26" t="s">
         <v>264</v>
       </c>
       <c r="C261" s="26">
-        <v>256</v>
+        <v>420</v>
       </c>
       <c r="D261" s="26">
-        <v>5120</v>
+        <v>7980</v>
       </c>
       <c r="E261" s="26">
-        <v>112.9</v>
+        <v>34.9</v>
       </c>
       <c r="F261" s="28">
-        <v>112.9</v>
+        <v>34.9</v>
       </c>
       <c r="G261" s="29"/>
     </row>
     <row r="262" spans="1:15">
       <c r="B262" s="26" t="s">
         <v>265</v>
       </c>
       <c r="C262" s="26">
-        <v>240</v>
+        <v>256</v>
       </c>
       <c r="D262" s="26">
-        <v>4560</v>
+        <v>5120</v>
       </c>
       <c r="E262" s="26">
-        <v>110.9</v>
+        <v>112.9</v>
       </c>
       <c r="F262" s="28">
-        <v>110.9</v>
+        <v>112.9</v>
       </c>
       <c r="G262" s="29"/>
     </row>
     <row r="263" spans="1:15">
       <c r="B263" s="26" t="s">
         <v>266</v>
       </c>
       <c r="C263" s="26">
         <v>240</v>
       </c>
       <c r="D263" s="26">
         <v>4560</v>
       </c>
       <c r="E263" s="26">
-        <v>102.9</v>
+        <v>110.9</v>
       </c>
       <c r="F263" s="28">
-        <v>102.9</v>
+        <v>110.9</v>
       </c>
       <c r="G263" s="29"/>
     </row>
     <row r="264" spans="1:15">
       <c r="B264" s="26" t="s">
         <v>267</v>
       </c>
       <c r="C264" s="26">
         <v>240</v>
       </c>
       <c r="D264" s="26">
         <v>4560</v>
       </c>
       <c r="E264" s="26">
         <v>102.9</v>
       </c>
       <c r="F264" s="28">
         <v>102.9</v>
       </c>
       <c r="G264" s="29"/>
     </row>
     <row r="265" spans="1:15">
-      <c r="B265" s="25" t="s">
+      <c r="B265" s="26" t="s">
         <v>268</v>
       </c>
-      <c r="C265" s="27"/>
-[...3 lines deleted...]
-      <c r="G265" s="27"/>
+      <c r="C265" s="26">
+        <v>240</v>
+      </c>
+      <c r="D265" s="26">
+        <v>4560</v>
+      </c>
+      <c r="E265" s="26">
+        <v>102.9</v>
+      </c>
+      <c r="F265" s="28">
+        <v>102.9</v>
+      </c>
+      <c r="G265" s="29"/>
     </row>
     <row r="266" spans="1:15">
-      <c r="B266" s="26" t="s">
+      <c r="B266" s="25" t="s">
         <v>269</v>
       </c>
-      <c r="C266" s="26">
-[...11 lines deleted...]
-      <c r="G266" s="29"/>
+      <c r="C266" s="27"/>
+      <c r="D266" s="27"/>
+      <c r="E266" s="27"/>
+      <c r="F266" s="27"/>
+      <c r="G266" s="27"/>
     </row>
     <row r="267" spans="1:15">
       <c r="B267" s="26" t="s">
         <v>270</v>
       </c>
       <c r="C267" s="26">
         <v>480</v>
       </c>
       <c r="D267" s="26">
         <v>8640</v>
       </c>
       <c r="E267" s="26">
-        <v>35.9</v>
+        <v>16.0</v>
       </c>
       <c r="F267" s="28">
-        <v>35.9</v>
+        <v>16.0</v>
       </c>
       <c r="G267" s="29"/>
     </row>
     <row r="268" spans="1:15">
       <c r="B268" s="26" t="s">
         <v>271</v>
       </c>
       <c r="C268" s="26">
-        <v>352</v>
+        <v>480</v>
       </c>
       <c r="D268" s="26">
-        <v>6336</v>
+        <v>8640</v>
       </c>
       <c r="E268" s="26">
-        <v>21.6</v>
+        <v>35.9</v>
       </c>
       <c r="F268" s="28">
-        <v>21.6</v>
+        <v>35.9</v>
       </c>
       <c r="G268" s="29"/>
     </row>
     <row r="269" spans="1:15">
       <c r="B269" s="26" t="s">
         <v>272</v>
       </c>
       <c r="C269" s="26">
         <v>352</v>
       </c>
       <c r="D269" s="26">
         <v>6336</v>
       </c>
       <c r="E269" s="26">
+        <v>21.6</v>
+      </c>
+      <c r="F269" s="28">
+        <v>21.6</v>
+      </c>
+      <c r="G269" s="29"/>
+    </row>
+    <row r="270" spans="1:15">
+      <c r="B270" s="26" t="s">
+        <v>273</v>
+      </c>
+      <c r="C270" s="26">
+        <v>352</v>
+      </c>
+      <c r="D270" s="26">
+        <v>6336</v>
+      </c>
+      <c r="E270" s="26">
         <v>48.0</v>
       </c>
-      <c r="F269" s="28">
+      <c r="F270" s="28">
         <v>48.0</v>
       </c>
-      <c r="G269" s="29"/>
-[...9 lines deleted...]
-      <c r="G270" s="27"/>
+      <c r="G270" s="29"/>
     </row>
     <row r="271" spans="1:15">
-      <c r="B271" s="26" t="s">
+      <c r="B271" s="25" t="s">
         <v>274</v>
       </c>
-      <c r="C271" s="26">
-[...11 lines deleted...]
-      <c r="G271" s="29"/>
+      <c r="C271" s="27"/>
+      <c r="D271" s="27"/>
+      <c r="E271" s="27"/>
+      <c r="F271" s="27"/>
+      <c r="G271" s="27"/>
     </row>
     <row r="272" spans="1:15">
       <c r="B272" s="26" t="s">
         <v>275</v>
       </c>
       <c r="C272" s="26">
         <v>448</v>
       </c>
       <c r="D272" s="26">
         <v>7440</v>
       </c>
       <c r="E272" s="26">
-        <v>50.4</v>
+        <v>37.2</v>
       </c>
       <c r="F272" s="28">
-        <v>50.4</v>
+        <v>37.2</v>
       </c>
       <c r="G272" s="29"/>
     </row>
     <row r="273" spans="1:15">
       <c r="B273" s="26" t="s">
         <v>276</v>
       </c>
       <c r="C273" s="26">
         <v>448</v>
       </c>
       <c r="D273" s="26">
         <v>7440</v>
       </c>
       <c r="E273" s="26">
-        <v>58.7</v>
+        <v>50.4</v>
       </c>
       <c r="F273" s="28">
-        <v>58.7</v>
+        <v>50.4</v>
       </c>
       <c r="G273" s="29"/>
     </row>
     <row r="274" spans="1:15">
       <c r="B274" s="26" t="s">
         <v>277</v>
       </c>
       <c r="C274" s="26">
         <v>448</v>
       </c>
       <c r="D274" s="26">
         <v>7440</v>
       </c>
       <c r="E274" s="26">
-        <v>48.5</v>
+        <v>58.7</v>
       </c>
       <c r="F274" s="28">
-        <v>48.5</v>
+        <v>58.7</v>
       </c>
       <c r="G274" s="29"/>
     </row>
     <row r="275" spans="1:15">
       <c r="B275" s="26" t="s">
         <v>278</v>
       </c>
       <c r="C275" s="26">
         <v>448</v>
       </c>
       <c r="D275" s="26">
         <v>7440</v>
       </c>
       <c r="E275" s="26">
-        <v>50.4</v>
+        <v>48.5</v>
       </c>
       <c r="F275" s="28">
-        <v>50.4</v>
+        <v>48.5</v>
       </c>
       <c r="G275" s="29"/>
     </row>
     <row r="276" spans="1:15">
       <c r="B276" s="26" t="s">
         <v>279</v>
       </c>
       <c r="C276" s="26">
         <v>448</v>
       </c>
       <c r="D276" s="26">
         <v>7440</v>
       </c>
       <c r="E276" s="26">
+        <v>50.4</v>
+      </c>
+      <c r="F276" s="28">
+        <v>50.4</v>
+      </c>
+      <c r="G276" s="29"/>
+    </row>
+    <row r="277" spans="1:15">
+      <c r="B277" s="26" t="s">
+        <v>280</v>
+      </c>
+      <c r="C277" s="26">
+        <v>448</v>
+      </c>
+      <c r="D277" s="26">
+        <v>7440</v>
+      </c>
+      <c r="E277" s="26">
         <v>48.5</v>
       </c>
-      <c r="F276" s="28">
+      <c r="F277" s="28">
         <v>48.5</v>
       </c>
-      <c r="G276" s="29"/>
-[...9 lines deleted...]
-      <c r="G277" s="27"/>
+      <c r="G277" s="29"/>
     </row>
     <row r="278" spans="1:15">
-      <c r="B278" s="26" t="s">
+      <c r="B278" s="25" t="s">
         <v>281</v>
       </c>
-      <c r="C278" s="26">
-[...11 lines deleted...]
-      <c r="G278" s="29"/>
+      <c r="C278" s="27"/>
+      <c r="D278" s="27"/>
+      <c r="E278" s="27"/>
+      <c r="F278" s="27"/>
+      <c r="G278" s="27"/>
     </row>
     <row r="279" spans="1:15">
-      <c r="B279" s="25" t="s">
+      <c r="B279" s="26" t="s">
         <v>282</v>
       </c>
-      <c r="C279" s="27"/>
-[...3 lines deleted...]
-      <c r="G279" s="27"/>
+      <c r="C279" s="26">
+        <v>480</v>
+      </c>
+      <c r="D279" s="26">
+        <v>8640</v>
+      </c>
+      <c r="E279" s="26">
+        <v>47.33</v>
+      </c>
+      <c r="F279" s="28">
+        <v>41.41</v>
+      </c>
+      <c r="G279" s="29"/>
     </row>
     <row r="280" spans="1:15">
       <c r="B280" s="26" t="s">
         <v>283</v>
       </c>
       <c r="C280" s="26">
         <v>480</v>
       </c>
       <c r="D280" s="26">
         <v>8640</v>
       </c>
       <c r="E280" s="26">
-        <v>54.29</v>
+        <v>47.33</v>
       </c>
       <c r="F280" s="28">
-        <v>54.29</v>
+        <v>41.41</v>
       </c>
       <c r="G280" s="29"/>
     </row>
     <row r="281" spans="1:15">
       <c r="B281" s="26" t="s">
         <v>284</v>
       </c>
       <c r="C281" s="26">
         <v>480</v>
       </c>
       <c r="D281" s="26">
         <v>8640</v>
       </c>
       <c r="E281" s="26">
-        <v>54.29</v>
+        <v>47.33</v>
       </c>
       <c r="F281" s="28">
-        <v>54.29</v>
+        <v>41.41</v>
       </c>
       <c r="G281" s="29"/>
     </row>
     <row r="282" spans="1:15">
       <c r="B282" s="26" t="s">
         <v>285</v>
       </c>
       <c r="C282" s="26">
         <v>480</v>
       </c>
       <c r="D282" s="26">
         <v>8640</v>
       </c>
       <c r="E282" s="26">
-        <v>54.29</v>
+        <v>45.6</v>
       </c>
       <c r="F282" s="28">
-        <v>54.29</v>
+        <v>39.9</v>
       </c>
       <c r="G282" s="29"/>
     </row>
     <row r="283" spans="1:15">
       <c r="B283" s="26" t="s">
         <v>286</v>
       </c>
       <c r="C283" s="26">
         <v>480</v>
       </c>
       <c r="D283" s="26">
         <v>8640</v>
       </c>
       <c r="E283" s="26">
-        <v>58.61</v>
+        <v>45.6</v>
       </c>
       <c r="F283" s="28">
-        <v>58.61</v>
+        <v>39.9</v>
       </c>
       <c r="G283" s="29"/>
     </row>
     <row r="284" spans="1:15">
       <c r="B284" s="26" t="s">
         <v>287</v>
       </c>
       <c r="C284" s="26">
         <v>480</v>
       </c>
       <c r="D284" s="26">
         <v>8640</v>
       </c>
       <c r="E284" s="26">
-        <v>58.61</v>
+        <v>45.6</v>
       </c>
       <c r="F284" s="28">
-        <v>58.61</v>
+        <v>39.9</v>
       </c>
       <c r="G284" s="29"/>
     </row>
     <row r="285" spans="1:15">
       <c r="B285" s="26" t="s">
         <v>288</v>
       </c>
       <c r="C285" s="26">
         <v>480</v>
       </c>
       <c r="D285" s="26">
         <v>8640</v>
       </c>
       <c r="E285" s="26">
-        <v>58.61</v>
+        <v>28.91</v>
       </c>
       <c r="F285" s="28">
-        <v>58.61</v>
+        <v>25.29</v>
       </c>
       <c r="G285" s="29"/>
     </row>
     <row r="286" spans="1:15">
       <c r="B286" s="26" t="s">
         <v>289</v>
       </c>
       <c r="C286" s="26">
         <v>480</v>
       </c>
       <c r="D286" s="26">
         <v>8640</v>
       </c>
       <c r="E286" s="26">
-        <v>29.86</v>
+        <v>28.91</v>
       </c>
       <c r="F286" s="28">
-        <v>29.86</v>
+        <v>25.29</v>
       </c>
       <c r="G286" s="29"/>
     </row>
     <row r="287" spans="1:15">
       <c r="B287" s="26" t="s">
         <v>290</v>
       </c>
       <c r="C287" s="26">
         <v>480</v>
       </c>
       <c r="D287" s="26">
         <v>8640</v>
       </c>
       <c r="E287" s="26">
-        <v>29.86</v>
+        <v>28.91</v>
       </c>
       <c r="F287" s="28">
-        <v>29.86</v>
+        <v>25.29</v>
       </c>
       <c r="G287" s="29"/>
     </row>
     <row r="288" spans="1:15">
       <c r="B288" s="26" t="s">
         <v>291</v>
       </c>
       <c r="C288" s="26">
         <v>480</v>
       </c>
       <c r="D288" s="26">
         <v>8640</v>
       </c>
       <c r="E288" s="26">
-        <v>29.86</v>
+        <v>56.66</v>
       </c>
       <c r="F288" s="28">
-        <v>29.86</v>
+        <v>49.58</v>
       </c>
       <c r="G288" s="29"/>
     </row>
     <row r="289" spans="1:15">
       <c r="B289" s="26" t="s">
         <v>292</v>
       </c>
       <c r="C289" s="26">
         <v>480</v>
       </c>
       <c r="D289" s="26">
         <v>8640</v>
       </c>
       <c r="E289" s="26">
-        <v>61.39</v>
+        <v>36.13</v>
       </c>
       <c r="F289" s="28">
-        <v>61.39</v>
+        <v>31.62</v>
       </c>
       <c r="G289" s="29"/>
     </row>
     <row r="290" spans="1:15">
       <c r="B290" s="26" t="s">
         <v>293</v>
       </c>
       <c r="C290" s="26">
-        <v>480</v>
+        <v>352</v>
       </c>
       <c r="D290" s="26">
-        <v>8640</v>
+        <v>6336</v>
       </c>
       <c r="E290" s="26">
-        <v>39.15</v>
+        <v>64.08</v>
       </c>
       <c r="F290" s="28">
-        <v>39.15</v>
+        <v>56.13</v>
       </c>
       <c r="G290" s="29"/>
     </row>
     <row r="291" spans="1:15">
       <c r="B291" s="26" t="s">
         <v>294</v>
       </c>
       <c r="C291" s="26">
         <v>352</v>
       </c>
       <c r="D291" s="26">
         <v>6336</v>
       </c>
       <c r="E291" s="26">
-        <v>73.83</v>
+        <v>64.08</v>
       </c>
       <c r="F291" s="28">
-        <v>73.83</v>
+        <v>56.13</v>
       </c>
       <c r="G291" s="29"/>
     </row>
     <row r="292" spans="1:15">
       <c r="B292" s="26" t="s">
         <v>295</v>
       </c>
       <c r="C292" s="26">
         <v>352</v>
       </c>
       <c r="D292" s="26">
         <v>6336</v>
       </c>
       <c r="E292" s="26">
-        <v>73.83</v>
+        <v>64.08</v>
       </c>
       <c r="F292" s="28">
-        <v>73.83</v>
+        <v>56.13</v>
       </c>
       <c r="G292" s="29"/>
     </row>
     <row r="293" spans="1:15">
       <c r="B293" s="26" t="s">
         <v>296</v>
       </c>
       <c r="C293" s="26">
         <v>352</v>
       </c>
       <c r="D293" s="26">
         <v>6336</v>
       </c>
       <c r="E293" s="26">
-        <v>73.83</v>
+        <v>61.74</v>
       </c>
       <c r="F293" s="28">
-        <v>73.83</v>
+        <v>54.02</v>
       </c>
       <c r="G293" s="29"/>
     </row>
     <row r="294" spans="1:15">
       <c r="B294" s="26" t="s">
         <v>297</v>
       </c>
       <c r="C294" s="26">
         <v>352</v>
       </c>
       <c r="D294" s="26">
         <v>6336</v>
       </c>
       <c r="E294" s="26">
-        <v>79.71</v>
+        <v>61.74</v>
       </c>
       <c r="F294" s="28">
-        <v>79.71</v>
+        <v>54.02</v>
       </c>
       <c r="G294" s="29"/>
     </row>
     <row r="295" spans="1:15">
       <c r="B295" s="26" t="s">
         <v>298</v>
       </c>
       <c r="C295" s="26">
         <v>352</v>
       </c>
       <c r="D295" s="26">
         <v>6336</v>
       </c>
       <c r="E295" s="26">
-        <v>79.71</v>
+        <v>61.74</v>
       </c>
       <c r="F295" s="28">
-        <v>79.71</v>
+        <v>54.02</v>
       </c>
       <c r="G295" s="29"/>
     </row>
     <row r="296" spans="1:15">
       <c r="B296" s="26" t="s">
         <v>299</v>
       </c>
       <c r="C296" s="26">
         <v>352</v>
       </c>
       <c r="D296" s="26">
         <v>6336</v>
       </c>
       <c r="E296" s="26">
-        <v>79.71</v>
+        <v>39.14</v>
       </c>
       <c r="F296" s="28">
-        <v>79.71</v>
+        <v>34.25</v>
       </c>
       <c r="G296" s="29"/>
     </row>
     <row r="297" spans="1:15">
       <c r="B297" s="26" t="s">
         <v>300</v>
       </c>
       <c r="C297" s="26">
         <v>352</v>
       </c>
       <c r="D297" s="26">
         <v>6336</v>
       </c>
       <c r="E297" s="26">
-        <v>40.61</v>
+        <v>39.14</v>
       </c>
       <c r="F297" s="28">
-        <v>40.61</v>
+        <v>34.25</v>
       </c>
       <c r="G297" s="29"/>
     </row>
     <row r="298" spans="1:15">
       <c r="B298" s="26" t="s">
         <v>301</v>
       </c>
       <c r="C298" s="26">
         <v>352</v>
       </c>
       <c r="D298" s="26">
         <v>6336</v>
       </c>
       <c r="E298" s="26">
-        <v>40.61</v>
+        <v>39.14</v>
       </c>
       <c r="F298" s="28">
-        <v>40.61</v>
+        <v>34.25</v>
       </c>
       <c r="G298" s="29"/>
     </row>
     <row r="299" spans="1:15">
       <c r="B299" s="26" t="s">
         <v>302</v>
       </c>
       <c r="C299" s="26">
         <v>352</v>
       </c>
       <c r="D299" s="26">
         <v>6336</v>
       </c>
       <c r="E299" s="26">
-        <v>40.61</v>
+        <v>76.72</v>
       </c>
       <c r="F299" s="28">
-        <v>40.61</v>
+        <v>67.13</v>
       </c>
       <c r="G299" s="29"/>
     </row>
     <row r="300" spans="1:15">
       <c r="B300" s="26" t="s">
         <v>303</v>
       </c>
       <c r="C300" s="26">
         <v>352</v>
       </c>
       <c r="D300" s="26">
         <v>6336</v>
       </c>
       <c r="E300" s="26">
-        <v>83.48</v>
+        <v>48.93</v>
       </c>
       <c r="F300" s="28">
-        <v>83.48</v>
+        <v>42.81</v>
       </c>
       <c r="G300" s="29"/>
     </row>
     <row r="301" spans="1:15">
-      <c r="B301" s="26" t="s">
+      <c r="B301" s="25" t="s">
         <v>304</v>
       </c>
-      <c r="C301" s="26">
-[...11 lines deleted...]
-      <c r="G301" s="29"/>
+      <c r="C301" s="27"/>
+      <c r="D301" s="27"/>
+      <c r="E301" s="27"/>
+      <c r="F301" s="27"/>
+      <c r="G301" s="27"/>
     </row>
     <row r="302" spans="1:15">
-      <c r="B302" s="25" t="s">
+      <c r="B302" s="26" t="s">
         <v>305</v>
       </c>
-      <c r="C302" s="27"/>
-[...3 lines deleted...]
-      <c r="G302" s="27"/>
+      <c r="C302" s="26">
+        <v>288</v>
+      </c>
+      <c r="D302" s="26">
+        <v>3744</v>
+      </c>
+      <c r="E302" s="26">
+        <v>57.5</v>
+      </c>
+      <c r="F302" s="28">
+        <v>57.5</v>
+      </c>
+      <c r="G302" s="29"/>
     </row>
     <row r="303" spans="1:15">
       <c r="B303" s="26" t="s">
         <v>306</v>
       </c>
       <c r="C303" s="26">
-        <v>288</v>
+        <v>384</v>
       </c>
       <c r="D303" s="26">
-        <v>3744</v>
+        <v>5376</v>
       </c>
       <c r="E303" s="26">
-        <v>57.5</v>
+        <v>53.0</v>
       </c>
       <c r="F303" s="28">
-        <v>57.5</v>
+        <v>53.0</v>
       </c>
       <c r="G303" s="29"/>
     </row>
     <row r="304" spans="1:15">
       <c r="B304" s="26" t="s">
         <v>307</v>
       </c>
       <c r="C304" s="26">
         <v>384</v>
       </c>
       <c r="D304" s="26">
-        <v>5376</v>
+        <v>5760</v>
       </c>
       <c r="E304" s="26">
-        <v>53.0</v>
+        <v>54.5</v>
       </c>
       <c r="F304" s="28">
-        <v>53.0</v>
+        <v>54.5</v>
       </c>
       <c r="G304" s="29"/>
     </row>
     <row r="305" spans="1:15">
       <c r="B305" s="26" t="s">
         <v>308</v>
       </c>
       <c r="C305" s="26">
-        <v>384</v>
+        <v>288</v>
       </c>
       <c r="D305" s="26">
-        <v>5760</v>
+        <v>3744</v>
       </c>
       <c r="E305" s="26">
-        <v>54.5</v>
+        <v>57.5</v>
       </c>
       <c r="F305" s="28">
-        <v>54.5</v>
+        <v>57.5</v>
       </c>
       <c r="G305" s="29"/>
     </row>
     <row r="306" spans="1:15">
       <c r="B306" s="26" t="s">
         <v>309</v>
       </c>
       <c r="C306" s="26">
-        <v>288</v>
+        <v>384</v>
       </c>
       <c r="D306" s="26">
-        <v>3744</v>
+        <v>5376</v>
       </c>
       <c r="E306" s="26">
-        <v>57.5</v>
+        <v>53.0</v>
       </c>
       <c r="F306" s="28">
-        <v>57.5</v>
+        <v>53.0</v>
       </c>
       <c r="G306" s="29"/>
     </row>
     <row r="307" spans="1:15">
       <c r="B307" s="26" t="s">
         <v>310</v>
       </c>
       <c r="C307" s="26">
         <v>384</v>
       </c>
       <c r="D307" s="26">
-        <v>5376</v>
+        <v>5760</v>
       </c>
       <c r="E307" s="26">
-        <v>53.0</v>
+        <v>54.5</v>
       </c>
       <c r="F307" s="28">
-        <v>53.0</v>
+        <v>54.5</v>
       </c>
       <c r="G307" s="29"/>
     </row>
     <row r="308" spans="1:15">
       <c r="B308" s="26" t="s">
         <v>311</v>
       </c>
       <c r="C308" s="26">
-        <v>384</v>
+        <v>288</v>
       </c>
       <c r="D308" s="26">
-        <v>5760</v>
+        <v>3744</v>
       </c>
       <c r="E308" s="26">
-        <v>54.5</v>
+        <v>49.0</v>
       </c>
       <c r="F308" s="28">
-        <v>54.5</v>
+        <v>49.0</v>
       </c>
       <c r="G308" s="29"/>
     </row>
     <row r="309" spans="1:15">
       <c r="B309" s="26" t="s">
         <v>312</v>
       </c>
       <c r="C309" s="26">
-        <v>288</v>
+        <v>384</v>
       </c>
       <c r="D309" s="26">
-        <v>3744</v>
+        <v>5376</v>
       </c>
       <c r="E309" s="26">
-        <v>49.0</v>
+        <v>42.5</v>
       </c>
       <c r="F309" s="28">
-        <v>49.0</v>
+        <v>42.5</v>
       </c>
       <c r="G309" s="29"/>
     </row>
     <row r="310" spans="1:15">
       <c r="B310" s="26" t="s">
         <v>313</v>
       </c>
       <c r="C310" s="26">
         <v>384</v>
       </c>
       <c r="D310" s="26">
-        <v>5376</v>
+        <v>5760</v>
       </c>
       <c r="E310" s="26">
-        <v>42.5</v>
+        <v>43.5</v>
       </c>
       <c r="F310" s="28">
-        <v>42.5</v>
+        <v>43.5</v>
       </c>
       <c r="G310" s="29"/>
     </row>
     <row r="311" spans="1:15">
       <c r="B311" s="26" t="s">
         <v>314</v>
       </c>
       <c r="C311" s="26">
-        <v>384</v>
+        <v>288</v>
       </c>
       <c r="D311" s="26">
-        <v>5760</v>
+        <v>3744</v>
       </c>
       <c r="E311" s="26">
-        <v>43.5</v>
+        <v>57.5</v>
       </c>
       <c r="F311" s="28">
-        <v>43.5</v>
+        <v>57.5</v>
       </c>
       <c r="G311" s="29"/>
     </row>
     <row r="312" spans="1:15">
       <c r="B312" s="26" t="s">
         <v>315</v>
       </c>
       <c r="C312" s="26">
-        <v>288</v>
+        <v>384</v>
       </c>
       <c r="D312" s="26">
-        <v>3744</v>
+        <v>5376</v>
       </c>
       <c r="E312" s="26">
-        <v>57.5</v>
+        <v>53.0</v>
       </c>
       <c r="F312" s="28">
-        <v>57.5</v>
+        <v>53.0</v>
       </c>
       <c r="G312" s="29"/>
     </row>
     <row r="313" spans="1:15">
       <c r="B313" s="26" t="s">
         <v>316</v>
       </c>
       <c r="C313" s="26">
         <v>384</v>
       </c>
       <c r="D313" s="26">
-        <v>5376</v>
+        <v>5760</v>
       </c>
       <c r="E313" s="26">
-        <v>53.0</v>
+        <v>54.5</v>
       </c>
       <c r="F313" s="28">
-        <v>53.0</v>
+        <v>54.5</v>
       </c>
       <c r="G313" s="29"/>
     </row>
     <row r="314" spans="1:15">
       <c r="B314" s="26" t="s">
         <v>317</v>
       </c>
       <c r="C314" s="26">
-        <v>384</v>
+        <v>288</v>
       </c>
       <c r="D314" s="26">
-        <v>5760</v>
+        <v>3744</v>
       </c>
       <c r="E314" s="26">
-        <v>54.5</v>
+        <v>57.5</v>
       </c>
       <c r="F314" s="28">
-        <v>54.5</v>
+        <v>57.5</v>
       </c>
       <c r="G314" s="29"/>
     </row>
     <row r="315" spans="1:15">
       <c r="B315" s="26" t="s">
         <v>318</v>
       </c>
       <c r="C315" s="26">
-        <v>288</v>
+        <v>384</v>
       </c>
       <c r="D315" s="26">
-        <v>3744</v>
+        <v>5376</v>
       </c>
       <c r="E315" s="26">
-        <v>57.5</v>
+        <v>53.0</v>
       </c>
       <c r="F315" s="28">
-        <v>57.5</v>
+        <v>53.0</v>
       </c>
       <c r="G315" s="29"/>
     </row>
     <row r="316" spans="1:15">
       <c r="B316" s="26" t="s">
         <v>319</v>
       </c>
       <c r="C316" s="26">
         <v>384</v>
       </c>
       <c r="D316" s="26">
-        <v>5376</v>
+        <v>5760</v>
       </c>
       <c r="E316" s="26">
-        <v>53.0</v>
+        <v>54.5</v>
       </c>
       <c r="F316" s="28">
-        <v>53.0</v>
+        <v>54.5</v>
       </c>
       <c r="G316" s="29"/>
     </row>
     <row r="317" spans="1:15">
       <c r="B317" s="26" t="s">
         <v>320</v>
       </c>
       <c r="C317" s="26">
-        <v>384</v>
+        <v>288</v>
       </c>
       <c r="D317" s="26">
-        <v>5760</v>
+        <v>3744</v>
       </c>
       <c r="E317" s="26">
-        <v>54.5</v>
+        <v>44.5</v>
       </c>
       <c r="F317" s="28">
-        <v>54.5</v>
+        <v>44.5</v>
       </c>
       <c r="G317" s="29"/>
     </row>
     <row r="318" spans="1:15">
       <c r="B318" s="26" t="s">
         <v>321</v>
       </c>
       <c r="C318" s="26">
-        <v>288</v>
+        <v>384</v>
       </c>
       <c r="D318" s="26">
-        <v>3744</v>
+        <v>5376</v>
       </c>
       <c r="E318" s="26">
-        <v>44.5</v>
+        <v>40.0</v>
       </c>
       <c r="F318" s="28">
-        <v>44.5</v>
+        <v>40.0</v>
       </c>
       <c r="G318" s="29"/>
     </row>
     <row r="319" spans="1:15">
       <c r="B319" s="26" t="s">
         <v>322</v>
       </c>
       <c r="C319" s="26">
         <v>384</v>
       </c>
       <c r="D319" s="26">
-        <v>5376</v>
+        <v>5760</v>
       </c>
       <c r="E319" s="26">
-        <v>40.0</v>
+        <v>41.5</v>
       </c>
       <c r="F319" s="28">
-        <v>40.0</v>
+        <v>41.5</v>
       </c>
       <c r="G319" s="29"/>
     </row>
     <row r="320" spans="1:15">
       <c r="B320" s="26" t="s">
         <v>323</v>
       </c>
       <c r="C320" s="26">
-        <v>384</v>
+        <v>288</v>
       </c>
       <c r="D320" s="26">
-        <v>5760</v>
+        <v>3744</v>
       </c>
       <c r="E320" s="26">
-        <v>41.5</v>
+        <v>57.5</v>
       </c>
       <c r="F320" s="28">
-        <v>41.5</v>
+        <v>57.5</v>
       </c>
       <c r="G320" s="29"/>
     </row>
     <row r="321" spans="1:15">
       <c r="B321" s="26" t="s">
         <v>324</v>
       </c>
       <c r="C321" s="26">
-        <v>288</v>
+        <v>384</v>
       </c>
       <c r="D321" s="26">
-        <v>3744</v>
+        <v>5376</v>
       </c>
       <c r="E321" s="26">
-        <v>57.5</v>
+        <v>53.0</v>
       </c>
       <c r="F321" s="28">
-        <v>57.5</v>
+        <v>53.0</v>
       </c>
       <c r="G321" s="29"/>
     </row>
     <row r="322" spans="1:15">
       <c r="B322" s="26" t="s">
         <v>325</v>
       </c>
       <c r="C322" s="26">
         <v>384</v>
       </c>
       <c r="D322" s="26">
-        <v>5376</v>
+        <v>5760</v>
       </c>
       <c r="E322" s="26">
-        <v>53.0</v>
+        <v>54.5</v>
       </c>
       <c r="F322" s="28">
-        <v>53.0</v>
+        <v>54.5</v>
       </c>
       <c r="G322" s="29"/>
     </row>
     <row r="323" spans="1:15">
       <c r="B323" s="26" t="s">
         <v>326</v>
       </c>
       <c r="C323" s="26">
-        <v>384</v>
+        <v>288</v>
       </c>
       <c r="D323" s="26">
-        <v>5760</v>
+        <v>3744</v>
       </c>
       <c r="E323" s="26">
-        <v>54.5</v>
+        <v>49.0</v>
       </c>
       <c r="F323" s="28">
-        <v>54.5</v>
+        <v>49.0</v>
       </c>
       <c r="G323" s="29"/>
     </row>
     <row r="324" spans="1:15">
       <c r="B324" s="26" t="s">
         <v>327</v>
       </c>
       <c r="C324" s="26">
-        <v>288</v>
+        <v>384</v>
       </c>
       <c r="D324" s="26">
-        <v>3744</v>
+        <v>5376</v>
       </c>
       <c r="E324" s="26">
-        <v>49.0</v>
+        <v>42.5</v>
       </c>
       <c r="F324" s="28">
-        <v>49.0</v>
+        <v>42.5</v>
       </c>
       <c r="G324" s="29"/>
     </row>
     <row r="325" spans="1:15">
       <c r="B325" s="26" t="s">
         <v>328</v>
       </c>
       <c r="C325" s="26">
         <v>384</v>
       </c>
       <c r="D325" s="26">
-        <v>5376</v>
+        <v>5760</v>
       </c>
       <c r="E325" s="26">
-        <v>42.5</v>
+        <v>43.5</v>
       </c>
       <c r="F325" s="28">
-        <v>42.5</v>
+        <v>43.5</v>
       </c>
       <c r="G325" s="29"/>
     </row>
     <row r="326" spans="1:15">
       <c r="B326" s="26" t="s">
         <v>329</v>
       </c>
       <c r="C326" s="26">
-        <v>384</v>
+        <v>288</v>
       </c>
       <c r="D326" s="26">
-        <v>5760</v>
+        <v>3744</v>
       </c>
       <c r="E326" s="26">
-        <v>43.5</v>
+        <v>49.0</v>
       </c>
       <c r="F326" s="28">
-        <v>43.5</v>
+        <v>49.0</v>
       </c>
       <c r="G326" s="29"/>
     </row>
     <row r="327" spans="1:15">
       <c r="B327" s="26" t="s">
         <v>330</v>
       </c>
       <c r="C327" s="26">
-        <v>288</v>
+        <v>384</v>
       </c>
       <c r="D327" s="26">
-        <v>3744</v>
+        <v>5376</v>
       </c>
       <c r="E327" s="26">
-        <v>49.0</v>
+        <v>42.5</v>
       </c>
       <c r="F327" s="28">
-        <v>49.0</v>
+        <v>42.5</v>
       </c>
       <c r="G327" s="29"/>
     </row>
     <row r="328" spans="1:15">
       <c r="B328" s="26" t="s">
         <v>331</v>
       </c>
       <c r="C328" s="26">
         <v>384</v>
       </c>
       <c r="D328" s="26">
-        <v>5376</v>
+        <v>5760</v>
       </c>
       <c r="E328" s="26">
-        <v>42.5</v>
+        <v>43.5</v>
       </c>
       <c r="F328" s="28">
-        <v>42.5</v>
+        <v>43.5</v>
       </c>
       <c r="G328" s="29"/>
     </row>
     <row r="329" spans="1:15">
       <c r="B329" s="26" t="s">
         <v>332</v>
       </c>
       <c r="C329" s="26">
-        <v>384</v>
+        <v>288</v>
       </c>
       <c r="D329" s="26">
-        <v>5760</v>
+        <v>3744</v>
       </c>
       <c r="E329" s="26">
-        <v>43.5</v>
+        <v>49.0</v>
       </c>
       <c r="F329" s="28">
-        <v>43.5</v>
+        <v>49.0</v>
       </c>
       <c r="G329" s="29"/>
     </row>
     <row r="330" spans="1:15">
       <c r="B330" s="26" t="s">
         <v>333</v>
       </c>
       <c r="C330" s="26">
-        <v>288</v>
+        <v>384</v>
       </c>
       <c r="D330" s="26">
-        <v>3744</v>
+        <v>5376</v>
       </c>
       <c r="E330" s="26">
-        <v>49.0</v>
+        <v>42.5</v>
       </c>
       <c r="F330" s="28">
-        <v>49.0</v>
+        <v>42.5</v>
       </c>
       <c r="G330" s="29"/>
     </row>
     <row r="331" spans="1:15">
       <c r="B331" s="26" t="s">
         <v>334</v>
       </c>
       <c r="C331" s="26">
         <v>384</v>
       </c>
       <c r="D331" s="26">
-        <v>5376</v>
+        <v>5760</v>
       </c>
       <c r="E331" s="26">
-        <v>42.5</v>
+        <v>43.5</v>
       </c>
       <c r="F331" s="28">
-        <v>42.5</v>
+        <v>43.5</v>
       </c>
       <c r="G331" s="29"/>
     </row>
     <row r="332" spans="1:15">
       <c r="B332" s="26" t="s">
         <v>335</v>
       </c>
       <c r="C332" s="26">
         <v>384</v>
       </c>
       <c r="D332" s="26">
-        <v>5760</v>
+        <v>6528</v>
       </c>
       <c r="E332" s="26">
-        <v>43.5</v>
+        <v>48.0</v>
       </c>
       <c r="F332" s="28">
-        <v>43.5</v>
+        <v>48.0</v>
       </c>
       <c r="G332" s="29"/>
     </row>
     <row r="333" spans="1:15">
       <c r="B333" s="26" t="s">
         <v>336</v>
       </c>
       <c r="C333" s="26">
         <v>384</v>
       </c>
       <c r="D333" s="26">
         <v>6528</v>
       </c>
       <c r="E333" s="26">
         <v>48.0</v>
       </c>
       <c r="F333" s="28">
         <v>48.0</v>
       </c>
       <c r="G333" s="29"/>
     </row>
     <row r="334" spans="1:15">
       <c r="B334" s="26" t="s">
         <v>337</v>
       </c>
       <c r="C334" s="26">
         <v>384</v>
       </c>
       <c r="D334" s="26">
         <v>6528</v>
       </c>
       <c r="E334" s="26">
-        <v>48.0</v>
+        <v>39.5</v>
       </c>
       <c r="F334" s="28">
-        <v>48.0</v>
+        <v>39.5</v>
       </c>
       <c r="G334" s="29"/>
     </row>
     <row r="335" spans="1:15">
       <c r="B335" s="26" t="s">
         <v>338</v>
       </c>
       <c r="C335" s="26">
         <v>384</v>
       </c>
       <c r="D335" s="26">
         <v>6528</v>
       </c>
       <c r="E335" s="26">
-        <v>39.5</v>
+        <v>48.0</v>
       </c>
       <c r="F335" s="28">
-        <v>39.5</v>
+        <v>48.0</v>
       </c>
       <c r="G335" s="29"/>
     </row>
     <row r="336" spans="1:15">
       <c r="B336" s="26" t="s">
         <v>339</v>
       </c>
       <c r="C336" s="26">
         <v>384</v>
       </c>
       <c r="D336" s="26">
         <v>6528</v>
       </c>
       <c r="E336" s="26">
         <v>48.0</v>
       </c>
       <c r="F336" s="28">
         <v>48.0</v>
       </c>
       <c r="G336" s="29"/>
     </row>
     <row r="337" spans="1:15">
       <c r="B337" s="26" t="s">
         <v>340</v>
       </c>
       <c r="C337" s="26">
         <v>384</v>
       </c>
       <c r="D337" s="26">
         <v>6528</v>
       </c>
       <c r="E337" s="26">
-        <v>48.0</v>
+        <v>39.5</v>
       </c>
       <c r="F337" s="28">
-        <v>48.0</v>
+        <v>39.5</v>
       </c>
       <c r="G337" s="29"/>
     </row>
     <row r="338" spans="1:15">
       <c r="B338" s="26" t="s">
         <v>341</v>
       </c>
       <c r="C338" s="26">
         <v>384</v>
       </c>
       <c r="D338" s="26">
         <v>6528</v>
       </c>
       <c r="E338" s="26">
         <v>39.5</v>
       </c>
       <c r="F338" s="28">
         <v>39.5</v>
       </c>
       <c r="G338" s="29"/>
     </row>
     <row r="339" spans="1:15">
       <c r="B339" s="26" t="s">
         <v>342</v>
       </c>
       <c r="C339" s="26">
-        <v>384</v>
+        <v>768</v>
       </c>
       <c r="D339" s="26">
-        <v>6528</v>
+        <v>10752</v>
       </c>
       <c r="E339" s="26">
-        <v>39.5</v>
+        <v>29.5</v>
       </c>
       <c r="F339" s="28">
-        <v>39.5</v>
+        <v>29.5</v>
       </c>
       <c r="G339" s="29"/>
     </row>
     <row r="340" spans="1:15">
       <c r="B340" s="26" t="s">
         <v>343</v>
       </c>
       <c r="C340" s="26">
         <v>768</v>
       </c>
       <c r="D340" s="26">
-        <v>10752</v>
+        <v>9216</v>
       </c>
       <c r="E340" s="26">
-        <v>29.5</v>
+        <v>29.0</v>
       </c>
       <c r="F340" s="28">
-        <v>29.5</v>
+        <v>29.0</v>
       </c>
       <c r="G340" s="29"/>
     </row>
     <row r="341" spans="1:15">
       <c r="B341" s="26" t="s">
         <v>344</v>
       </c>
       <c r="C341" s="26">
         <v>768</v>
       </c>
       <c r="D341" s="26">
         <v>9216</v>
       </c>
       <c r="E341" s="26">
         <v>29.0</v>
       </c>
       <c r="F341" s="28">
         <v>29.0</v>
       </c>
       <c r="G341" s="29"/>
     </row>
     <row r="342" spans="1:15">
       <c r="B342" s="26" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="C342" s="26">
         <v>768</v>
       </c>
       <c r="D342" s="26">
         <v>9216</v>
       </c>
       <c r="E342" s="26">
-        <v>29.0</v>
+        <v>28.5</v>
       </c>
       <c r="F342" s="28">
-        <v>29.0</v>
+        <v>28.5</v>
       </c>
       <c r="G342" s="29"/>
     </row>
     <row r="343" spans="1:15">
       <c r="B343" s="26" t="s">
         <v>345</v>
       </c>
       <c r="C343" s="26">
         <v>768</v>
       </c>
       <c r="D343" s="26">
-        <v>9216</v>
+        <v>10752</v>
       </c>
       <c r="E343" s="26">
-        <v>28.5</v>
+        <v>29.5</v>
       </c>
       <c r="F343" s="28">
-        <v>28.5</v>
+        <v>29.5</v>
       </c>
       <c r="G343" s="29"/>
     </row>
     <row r="344" spans="1:15">
       <c r="B344" s="26" t="s">
         <v>346</v>
       </c>
       <c r="C344" s="26">
         <v>768</v>
       </c>
       <c r="D344" s="26">
-        <v>10752</v>
+        <v>9216</v>
       </c>
       <c r="E344" s="26">
-        <v>29.5</v>
+        <v>29.0</v>
       </c>
       <c r="F344" s="28">
-        <v>29.5</v>
+        <v>29.0</v>
       </c>
       <c r="G344" s="29"/>
     </row>
     <row r="345" spans="1:15">
       <c r="B345" s="26" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="C345" s="26">
         <v>768</v>
       </c>
       <c r="D345" s="26">
         <v>9216</v>
       </c>
       <c r="E345" s="26">
-        <v>29.0</v>
+        <v>28.5</v>
       </c>
       <c r="F345" s="28">
-        <v>29.0</v>
+        <v>28.5</v>
       </c>
       <c r="G345" s="29"/>
     </row>
     <row r="346" spans="1:15">
       <c r="B346" s="26" t="s">
         <v>347</v>
       </c>
       <c r="C346" s="26">
         <v>768</v>
       </c>
       <c r="D346" s="26">
-        <v>9216</v>
+        <v>10752</v>
       </c>
       <c r="E346" s="26">
-        <v>28.5</v>
+        <v>29.5</v>
       </c>
       <c r="F346" s="28">
-        <v>28.5</v>
+        <v>29.5</v>
       </c>
       <c r="G346" s="29"/>
     </row>
     <row r="347" spans="1:15">
       <c r="B347" s="26" t="s">
         <v>348</v>
       </c>
       <c r="C347" s="26">
         <v>768</v>
       </c>
       <c r="D347" s="26">
-        <v>10752</v>
+        <v>9216</v>
       </c>
       <c r="E347" s="26">
-        <v>29.5</v>
+        <v>24.5</v>
       </c>
       <c r="F347" s="28">
-        <v>29.5</v>
+        <v>24.5</v>
       </c>
       <c r="G347" s="29"/>
     </row>
     <row r="348" spans="1:15">
       <c r="B348" s="26" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="C348" s="26">
         <v>768</v>
       </c>
       <c r="D348" s="26">
         <v>9216</v>
       </c>
       <c r="E348" s="26">
-        <v>24.5</v>
+        <v>23.0</v>
       </c>
       <c r="F348" s="28">
-        <v>24.5</v>
+        <v>23.0</v>
       </c>
       <c r="G348" s="29"/>
     </row>
     <row r="349" spans="1:15">
       <c r="B349" s="26" t="s">
         <v>349</v>
       </c>
       <c r="C349" s="26">
         <v>768</v>
       </c>
       <c r="D349" s="26">
-        <v>9216</v>
+        <v>10752</v>
       </c>
       <c r="E349" s="26">
-        <v>23.0</v>
+        <v>24.0</v>
       </c>
       <c r="F349" s="28">
-        <v>23.0</v>
+        <v>24.0</v>
       </c>
       <c r="G349" s="29"/>
     </row>
     <row r="350" spans="1:15">
       <c r="B350" s="26" t="s">
         <v>350</v>
       </c>
       <c r="C350" s="26">
         <v>768</v>
       </c>
       <c r="D350" s="26">
-        <v>10752</v>
+        <v>9216</v>
       </c>
       <c r="E350" s="26">
-        <v>24.0</v>
+        <v>28.5</v>
       </c>
       <c r="F350" s="28">
-        <v>24.0</v>
+        <v>28.5</v>
       </c>
       <c r="G350" s="29"/>
     </row>
     <row r="351" spans="1:15">
       <c r="B351" s="26" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="C351" s="26">
         <v>768</v>
       </c>
       <c r="D351" s="26">
         <v>9216</v>
       </c>
       <c r="E351" s="26">
-        <v>28.5</v>
+        <v>29.0</v>
       </c>
       <c r="F351" s="28">
-        <v>28.5</v>
+        <v>29.0</v>
       </c>
       <c r="G351" s="29"/>
     </row>
     <row r="352" spans="1:15">
       <c r="B352" s="26" t="s">
         <v>351</v>
       </c>
       <c r="C352" s="26">
         <v>768</v>
       </c>
       <c r="D352" s="26">
-        <v>9216</v>
+        <v>10752</v>
       </c>
       <c r="E352" s="26">
-        <v>29.0</v>
+        <v>29.5</v>
       </c>
       <c r="F352" s="28">
-        <v>29.0</v>
+        <v>29.5</v>
       </c>
       <c r="G352" s="29"/>
     </row>
     <row r="353" spans="1:15">
       <c r="B353" s="26" t="s">
         <v>352</v>
       </c>
       <c r="C353" s="26">
         <v>768</v>
       </c>
       <c r="D353" s="26">
-        <v>10752</v>
+        <v>9216</v>
       </c>
       <c r="E353" s="26">
-        <v>29.5</v>
+        <v>22.5</v>
       </c>
       <c r="F353" s="28">
-        <v>29.5</v>
+        <v>22.5</v>
       </c>
       <c r="G353" s="29"/>
     </row>
     <row r="354" spans="1:15">
       <c r="B354" s="26" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="C354" s="26">
         <v>768</v>
       </c>
       <c r="D354" s="26">
         <v>9216</v>
       </c>
       <c r="E354" s="26">
-        <v>22.5</v>
+        <v>21.5</v>
       </c>
       <c r="F354" s="28">
-        <v>22.5</v>
+        <v>21.5</v>
       </c>
       <c r="G354" s="29"/>
     </row>
     <row r="355" spans="1:15">
       <c r="B355" s="26" t="s">
         <v>353</v>
       </c>
       <c r="C355" s="26">
         <v>768</v>
       </c>
       <c r="D355" s="26">
-        <v>9216</v>
+        <v>10752</v>
       </c>
       <c r="E355" s="26">
         <v>21.5</v>
       </c>
       <c r="F355" s="28">
         <v>21.5</v>
       </c>
       <c r="G355" s="29"/>
     </row>
     <row r="356" spans="1:15">
       <c r="B356" s="26" t="s">
         <v>354</v>
       </c>
       <c r="C356" s="26">
         <v>768</v>
       </c>
       <c r="D356" s="26">
-        <v>10752</v>
+        <v>9216</v>
       </c>
       <c r="E356" s="26">
-        <v>21.5</v>
+        <v>29.0</v>
       </c>
       <c r="F356" s="28">
-        <v>21.5</v>
+        <v>29.0</v>
       </c>
       <c r="G356" s="29"/>
     </row>
     <row r="357" spans="1:15">
       <c r="B357" s="26" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="C357" s="26">
         <v>768</v>
       </c>
       <c r="D357" s="26">
         <v>9216</v>
       </c>
       <c r="E357" s="26">
-        <v>29.0</v>
+        <v>28.5</v>
       </c>
       <c r="F357" s="28">
-        <v>29.0</v>
+        <v>28.5</v>
       </c>
       <c r="G357" s="29"/>
     </row>
     <row r="358" spans="1:15">
       <c r="B358" s="26" t="s">
         <v>355</v>
       </c>
       <c r="C358" s="26">
         <v>768</v>
       </c>
       <c r="D358" s="26">
-        <v>9216</v>
+        <v>10752</v>
       </c>
       <c r="E358" s="26">
-        <v>28.5</v>
+        <v>29.5</v>
       </c>
       <c r="F358" s="28">
-        <v>28.5</v>
+        <v>29.5</v>
       </c>
       <c r="G358" s="29"/>
     </row>
     <row r="359" spans="1:15">
       <c r="B359" s="26" t="s">
         <v>356</v>
       </c>
       <c r="C359" s="26">
         <v>768</v>
       </c>
       <c r="D359" s="26">
-        <v>10752</v>
+        <v>9216</v>
       </c>
       <c r="E359" s="26">
-        <v>29.5</v>
+        <v>24.5</v>
       </c>
       <c r="F359" s="28">
-        <v>29.5</v>
+        <v>24.5</v>
       </c>
       <c r="G359" s="29"/>
     </row>
     <row r="360" spans="1:15">
       <c r="B360" s="26" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="C360" s="26">
         <v>768</v>
       </c>
       <c r="D360" s="26">
         <v>9216</v>
       </c>
       <c r="E360" s="26">
-        <v>24.5</v>
+        <v>23.0</v>
       </c>
       <c r="F360" s="28">
-        <v>24.5</v>
+        <v>23.0</v>
       </c>
       <c r="G360" s="29"/>
     </row>
     <row r="361" spans="1:15">
       <c r="B361" s="26" t="s">
         <v>357</v>
       </c>
       <c r="C361" s="26">
         <v>768</v>
       </c>
       <c r="D361" s="26">
-        <v>9216</v>
+        <v>10752</v>
       </c>
       <c r="E361" s="26">
-        <v>23.0</v>
+        <v>24.0</v>
       </c>
       <c r="F361" s="28">
-        <v>23.0</v>
+        <v>24.0</v>
       </c>
       <c r="G361" s="29"/>
     </row>
     <row r="362" spans="1:15">
       <c r="B362" s="26" t="s">
         <v>358</v>
       </c>
       <c r="C362" s="26">
         <v>768</v>
       </c>
       <c r="D362" s="26">
-        <v>10752</v>
+        <v>9216</v>
       </c>
       <c r="E362" s="26">
-        <v>24.0</v>
+        <v>23.0</v>
       </c>
       <c r="F362" s="28">
-        <v>24.0</v>
+        <v>23.0</v>
       </c>
       <c r="G362" s="29"/>
     </row>
     <row r="363" spans="1:15">
       <c r="B363" s="26" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="C363" s="26">
         <v>768</v>
       </c>
       <c r="D363" s="26">
         <v>9216</v>
       </c>
       <c r="E363" s="26">
-        <v>23.0</v>
+        <v>24.5</v>
       </c>
       <c r="F363" s="28">
-        <v>23.0</v>
+        <v>24.5</v>
       </c>
       <c r="G363" s="29"/>
     </row>
     <row r="364" spans="1:15">
       <c r="B364" s="26" t="s">
         <v>359</v>
       </c>
       <c r="C364" s="26">
         <v>768</v>
       </c>
       <c r="D364" s="26">
-        <v>9216</v>
+        <v>10752</v>
       </c>
       <c r="E364" s="26">
-        <v>24.5</v>
+        <v>24.0</v>
       </c>
       <c r="F364" s="28">
-        <v>24.5</v>
+        <v>24.0</v>
       </c>
       <c r="G364" s="29"/>
     </row>
     <row r="365" spans="1:15">
       <c r="B365" s="26" t="s">
         <v>360</v>
       </c>
       <c r="C365" s="26">
-        <v>768</v>
+        <v>384</v>
       </c>
       <c r="D365" s="26">
-        <v>10752</v>
+        <v>6528</v>
       </c>
       <c r="E365" s="26">
-        <v>24.0</v>
+        <v>52.5</v>
       </c>
       <c r="F365" s="28">
-        <v>24.0</v>
+        <v>52.5</v>
       </c>
       <c r="G365" s="29"/>
     </row>
     <row r="366" spans="1:15">
       <c r="B366" s="26" t="s">
         <v>361</v>
       </c>
       <c r="C366" s="26">
         <v>384</v>
       </c>
       <c r="D366" s="26">
         <v>6528</v>
       </c>
       <c r="E366" s="26">
         <v>52.5</v>
       </c>
       <c r="F366" s="28">
         <v>52.5</v>
       </c>
       <c r="G366" s="29"/>
     </row>
     <row r="367" spans="1:15">
       <c r="B367" s="26" t="s">
         <v>362</v>
       </c>
       <c r="C367" s="26">
         <v>384</v>
       </c>
       <c r="D367" s="26">
         <v>6528</v>
       </c>
       <c r="E367" s="26">
-        <v>52.5</v>
+        <v>44.0</v>
       </c>
       <c r="F367" s="28">
-        <v>52.5</v>
+        <v>44.0</v>
       </c>
       <c r="G367" s="29"/>
     </row>
     <row r="368" spans="1:15">
       <c r="B368" s="26" t="s">
         <v>363</v>
       </c>
       <c r="C368" s="26">
         <v>384</v>
       </c>
       <c r="D368" s="26">
         <v>6528</v>
       </c>
       <c r="E368" s="26">
-        <v>44.0</v>
+        <v>52.5</v>
       </c>
       <c r="F368" s="28">
-        <v>44.0</v>
+        <v>52.5</v>
       </c>
       <c r="G368" s="29"/>
     </row>
     <row r="369" spans="1:15">
       <c r="B369" s="26" t="s">
         <v>364</v>
       </c>
       <c r="C369" s="26">
         <v>384</v>
       </c>
       <c r="D369" s="26">
         <v>6528</v>
       </c>
       <c r="E369" s="26">
         <v>52.5</v>
       </c>
       <c r="F369" s="28">
         <v>52.5</v>
       </c>
       <c r="G369" s="29"/>
     </row>
     <row r="370" spans="1:15">
       <c r="B370" s="26" t="s">
         <v>365</v>
       </c>
       <c r="C370" s="26">
         <v>384</v>
       </c>
       <c r="D370" s="26">
         <v>6528</v>
       </c>
       <c r="E370" s="26">
-        <v>52.5</v>
+        <v>42.0</v>
       </c>
       <c r="F370" s="28">
-        <v>52.5</v>
+        <v>42.0</v>
       </c>
       <c r="G370" s="29"/>
     </row>
     <row r="371" spans="1:15">
       <c r="B371" s="26" t="s">
         <v>366</v>
       </c>
       <c r="C371" s="26">
         <v>384</v>
       </c>
       <c r="D371" s="26">
         <v>6528</v>
       </c>
       <c r="E371" s="26">
-        <v>42.0</v>
+        <v>52.5</v>
       </c>
       <c r="F371" s="28">
-        <v>42.0</v>
+        <v>52.5</v>
       </c>
       <c r="G371" s="29"/>
     </row>
     <row r="372" spans="1:15">
       <c r="B372" s="26" t="s">
         <v>367</v>
       </c>
       <c r="C372" s="26">
         <v>384</v>
       </c>
       <c r="D372" s="26">
         <v>6528</v>
       </c>
       <c r="E372" s="26">
-        <v>52.5</v>
+        <v>44.0</v>
       </c>
       <c r="F372" s="28">
-        <v>52.5</v>
+        <v>44.0</v>
       </c>
       <c r="G372" s="29"/>
     </row>
     <row r="373" spans="1:15">
       <c r="B373" s="26" t="s">
         <v>368</v>
       </c>
       <c r="C373" s="26">
         <v>384</v>
       </c>
       <c r="D373" s="26">
         <v>6528</v>
       </c>
       <c r="E373" s="26">
         <v>44.0</v>
       </c>
       <c r="F373" s="28">
         <v>44.0</v>
       </c>
       <c r="G373" s="29"/>
     </row>
     <row r="374" spans="1:15">
       <c r="B374" s="26" t="s">
         <v>369</v>
       </c>
       <c r="C374" s="26">
         <v>384</v>
       </c>
       <c r="D374" s="26">
         <v>6528</v>
       </c>
       <c r="E374" s="26">
         <v>44.0</v>
       </c>
       <c r="F374" s="28">
         <v>44.0</v>
       </c>
       <c r="G374" s="29"/>
     </row>
     <row r="375" spans="1:15">
       <c r="B375" s="26" t="s">
         <v>370</v>
       </c>
       <c r="C375" s="26">
         <v>384</v>
       </c>
       <c r="D375" s="26">
-        <v>6528</v>
+        <v>4608</v>
       </c>
       <c r="E375" s="26">
-        <v>44.0</v>
+        <v>48.0</v>
       </c>
       <c r="F375" s="28">
-        <v>44.0</v>
+        <v>48.0</v>
       </c>
       <c r="G375" s="29"/>
     </row>
     <row r="376" spans="1:15">
       <c r="B376" s="26" t="s">
         <v>371</v>
       </c>
       <c r="C376" s="26">
         <v>384</v>
       </c>
       <c r="D376" s="26">
-        <v>4608</v>
+        <v>4992</v>
       </c>
       <c r="E376" s="26">
-        <v>48.0</v>
+        <v>49.5</v>
       </c>
       <c r="F376" s="28">
-        <v>48.0</v>
+        <v>49.5</v>
       </c>
       <c r="G376" s="29"/>
     </row>
     <row r="377" spans="1:15">
       <c r="B377" s="26" t="s">
         <v>372</v>
       </c>
       <c r="C377" s="26">
         <v>384</v>
       </c>
       <c r="D377" s="26">
-        <v>4992</v>
+        <v>4608</v>
       </c>
       <c r="E377" s="26">
-        <v>49.5</v>
+        <v>76.0</v>
       </c>
       <c r="F377" s="28">
-        <v>49.5</v>
+        <v>76.0</v>
       </c>
       <c r="G377" s="29"/>
     </row>
     <row r="378" spans="1:15">
       <c r="B378" s="26" t="s">
         <v>373</v>
       </c>
       <c r="C378" s="26">
         <v>384</v>
       </c>
       <c r="D378" s="26">
-        <v>4608</v>
+        <v>5376</v>
       </c>
       <c r="E378" s="26">
-        <v>76.0</v>
+        <v>51.0</v>
       </c>
       <c r="F378" s="28">
-        <v>76.0</v>
+        <v>51.0</v>
       </c>
       <c r="G378" s="29"/>
     </row>
     <row r="379" spans="1:15">
       <c r="B379" s="26" t="s">
         <v>374</v>
       </c>
       <c r="C379" s="26">
         <v>384</v>
       </c>
       <c r="D379" s="26">
-        <v>5376</v>
+        <v>4608</v>
       </c>
       <c r="E379" s="26">
-        <v>51.0</v>
+        <v>48.0</v>
       </c>
       <c r="F379" s="28">
-        <v>51.0</v>
+        <v>48.0</v>
       </c>
       <c r="G379" s="29"/>
     </row>
     <row r="380" spans="1:15">
       <c r="B380" s="26" t="s">
         <v>375</v>
       </c>
       <c r="C380" s="26">
         <v>384</v>
       </c>
       <c r="D380" s="26">
-        <v>4608</v>
+        <v>4992</v>
       </c>
       <c r="E380" s="26">
-        <v>48.0</v>
+        <v>49.5</v>
       </c>
       <c r="F380" s="28">
-        <v>48.0</v>
+        <v>49.5</v>
       </c>
       <c r="G380" s="29"/>
     </row>
     <row r="381" spans="1:15">
       <c r="B381" s="26" t="s">
         <v>376</v>
       </c>
       <c r="C381" s="26">
         <v>384</v>
       </c>
       <c r="D381" s="26">
-        <v>4992</v>
+        <v>5376</v>
       </c>
       <c r="E381" s="26">
-        <v>49.5</v>
+        <v>51.0</v>
       </c>
       <c r="F381" s="28">
-        <v>49.5</v>
+        <v>51.0</v>
       </c>
       <c r="G381" s="29"/>
     </row>
     <row r="382" spans="1:15">
       <c r="B382" s="26" t="s">
         <v>377</v>
       </c>
       <c r="C382" s="26">
         <v>384</v>
       </c>
       <c r="D382" s="26">
-        <v>5376</v>
+        <v>4608</v>
       </c>
       <c r="E382" s="26">
-        <v>51.0</v>
+        <v>39.5</v>
       </c>
       <c r="F382" s="28">
-        <v>51.0</v>
+        <v>39.5</v>
       </c>
       <c r="G382" s="29"/>
     </row>
     <row r="383" spans="1:15">
       <c r="B383" s="26" t="s">
         <v>378</v>
       </c>
       <c r="C383" s="26">
         <v>384</v>
       </c>
       <c r="D383" s="26">
-        <v>4608</v>
+        <v>4992</v>
       </c>
       <c r="E383" s="26">
-        <v>39.5</v>
+        <v>41.5</v>
       </c>
       <c r="F383" s="28">
-        <v>39.5</v>
+        <v>41.5</v>
       </c>
       <c r="G383" s="29"/>
     </row>
     <row r="384" spans="1:15">
       <c r="B384" s="26" t="s">
         <v>379</v>
       </c>
       <c r="C384" s="26">
         <v>384</v>
       </c>
       <c r="D384" s="26">
-        <v>4992</v>
+        <v>5376</v>
       </c>
       <c r="E384" s="26">
-        <v>41.5</v>
+        <v>42.5</v>
       </c>
       <c r="F384" s="28">
-        <v>41.5</v>
+        <v>42.5</v>
       </c>
       <c r="G384" s="29"/>
     </row>
     <row r="385" spans="1:15">
       <c r="B385" s="26" t="s">
         <v>380</v>
       </c>
       <c r="C385" s="26">
         <v>384</v>
       </c>
       <c r="D385" s="26">
-        <v>5376</v>
+        <v>4608</v>
       </c>
       <c r="E385" s="26">
-        <v>42.5</v>
+        <v>48.0</v>
       </c>
       <c r="F385" s="28">
-        <v>42.5</v>
+        <v>48.0</v>
       </c>
       <c r="G385" s="29"/>
     </row>
     <row r="386" spans="1:15">
       <c r="B386" s="26" t="s">
         <v>381</v>
       </c>
       <c r="C386" s="26">
         <v>384</v>
       </c>
       <c r="D386" s="26">
-        <v>4608</v>
+        <v>4992</v>
       </c>
       <c r="E386" s="26">
-        <v>48.0</v>
+        <v>49.5</v>
       </c>
       <c r="F386" s="28">
-        <v>48.0</v>
+        <v>49.5</v>
       </c>
       <c r="G386" s="29"/>
     </row>
     <row r="387" spans="1:15">
       <c r="B387" s="26" t="s">
         <v>382</v>
       </c>
       <c r="C387" s="26">
         <v>384</v>
       </c>
       <c r="D387" s="26">
-        <v>4992</v>
+        <v>5376</v>
       </c>
       <c r="E387" s="26">
-        <v>49.5</v>
+        <v>51.0</v>
       </c>
       <c r="F387" s="28">
-        <v>49.5</v>
+        <v>51.0</v>
       </c>
       <c r="G387" s="29"/>
     </row>
     <row r="388" spans="1:15">
       <c r="B388" s="26" t="s">
         <v>383</v>
       </c>
       <c r="C388" s="26">
         <v>384</v>
       </c>
       <c r="D388" s="26">
-        <v>5376</v>
+        <v>4608</v>
       </c>
       <c r="E388" s="26">
-        <v>51.0</v>
+        <v>48.0</v>
       </c>
       <c r="F388" s="28">
-        <v>51.0</v>
+        <v>48.0</v>
       </c>
       <c r="G388" s="29"/>
     </row>
     <row r="389" spans="1:15">
       <c r="B389" s="26" t="s">
         <v>384</v>
       </c>
       <c r="C389" s="26">
         <v>384</v>
       </c>
       <c r="D389" s="26">
-        <v>4608</v>
+        <v>4992</v>
       </c>
       <c r="E389" s="26">
-        <v>48.0</v>
+        <v>49.5</v>
       </c>
       <c r="F389" s="28">
-        <v>48.0</v>
+        <v>49.5</v>
       </c>
       <c r="G389" s="29"/>
     </row>
     <row r="390" spans="1:15">
       <c r="B390" s="26" t="s">
         <v>385</v>
       </c>
       <c r="C390" s="26">
         <v>384</v>
       </c>
       <c r="D390" s="26">
-        <v>4992</v>
+        <v>5376</v>
       </c>
       <c r="E390" s="26">
-        <v>49.5</v>
+        <v>51.0</v>
       </c>
       <c r="F390" s="28">
-        <v>49.5</v>
+        <v>51.0</v>
       </c>
       <c r="G390" s="29"/>
     </row>
     <row r="391" spans="1:15">
       <c r="B391" s="26" t="s">
         <v>386</v>
       </c>
       <c r="C391" s="26">
         <v>384</v>
       </c>
       <c r="D391" s="26">
-        <v>5376</v>
+        <v>6528</v>
       </c>
       <c r="E391" s="26">
-        <v>51.0</v>
+        <v>39.5</v>
       </c>
       <c r="F391" s="28">
-        <v>51.0</v>
+        <v>39.5</v>
       </c>
       <c r="G391" s="29"/>
     </row>
     <row r="392" spans="1:15">
       <c r="B392" s="26" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C392" s="26">
         <v>384</v>
       </c>
       <c r="D392" s="26">
-        <v>6528</v>
+        <v>4608</v>
       </c>
       <c r="E392" s="26">
         <v>39.5</v>
       </c>
       <c r="F392" s="28">
         <v>39.5</v>
       </c>
       <c r="G392" s="29"/>
     </row>
     <row r="393" spans="1:15">
       <c r="B393" s="26" t="s">
         <v>387</v>
       </c>
       <c r="C393" s="26">
         <v>384</v>
       </c>
       <c r="D393" s="26">
-        <v>4608</v>
+        <v>4992</v>
       </c>
       <c r="E393" s="26">
-        <v>39.5</v>
+        <v>38.0</v>
       </c>
       <c r="F393" s="28">
-        <v>39.5</v>
+        <v>38.0</v>
       </c>
       <c r="G393" s="29"/>
     </row>
     <row r="394" spans="1:15">
       <c r="B394" s="26" t="s">
         <v>388</v>
       </c>
       <c r="C394" s="26">
         <v>384</v>
       </c>
       <c r="D394" s="26">
-        <v>4992</v>
+        <v>5376</v>
       </c>
       <c r="E394" s="26">
-        <v>38.0</v>
+        <v>39.5</v>
       </c>
       <c r="F394" s="28">
-        <v>38.0</v>
+        <v>39.5</v>
       </c>
       <c r="G394" s="29"/>
     </row>
     <row r="395" spans="1:15">
       <c r="B395" s="26" t="s">
         <v>389</v>
       </c>
       <c r="C395" s="26">
         <v>384</v>
       </c>
       <c r="D395" s="26">
-        <v>5376</v>
+        <v>4608</v>
       </c>
       <c r="E395" s="26">
-        <v>39.5</v>
+        <v>48.0</v>
       </c>
       <c r="F395" s="28">
-        <v>39.5</v>
+        <v>48.0</v>
       </c>
       <c r="G395" s="29"/>
     </row>
     <row r="396" spans="1:15">
       <c r="B396" s="26" t="s">
         <v>390</v>
       </c>
       <c r="C396" s="26">
         <v>384</v>
       </c>
       <c r="D396" s="26">
-        <v>4608</v>
+        <v>4992</v>
       </c>
       <c r="E396" s="26">
-        <v>48.0</v>
+        <v>49.5</v>
       </c>
       <c r="F396" s="28">
-        <v>48.0</v>
+        <v>49.5</v>
       </c>
       <c r="G396" s="29"/>
     </row>
     <row r="397" spans="1:15">
       <c r="B397" s="26" t="s">
         <v>391</v>
       </c>
       <c r="C397" s="26">
         <v>384</v>
       </c>
       <c r="D397" s="26">
-        <v>4992</v>
+        <v>5376</v>
       </c>
       <c r="E397" s="26">
-        <v>49.5</v>
+        <v>51.0</v>
       </c>
       <c r="F397" s="28">
-        <v>49.5</v>
+        <v>51.0</v>
       </c>
       <c r="G397" s="29"/>
     </row>
     <row r="398" spans="1:15">
       <c r="B398" s="26" t="s">
         <v>392</v>
       </c>
       <c r="C398" s="26">
         <v>384</v>
       </c>
       <c r="D398" s="26">
-        <v>5376</v>
+        <v>6528</v>
       </c>
       <c r="E398" s="26">
-        <v>51.0</v>
+        <v>39.5</v>
       </c>
       <c r="F398" s="28">
-        <v>51.0</v>
+        <v>39.5</v>
       </c>
       <c r="G398" s="29"/>
     </row>
     <row r="399" spans="1:15">
       <c r="B399" s="26" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="C399" s="26">
         <v>384</v>
       </c>
       <c r="D399" s="26">
-        <v>6528</v>
+        <v>4608</v>
       </c>
       <c r="E399" s="26">
         <v>39.5</v>
       </c>
       <c r="F399" s="28">
         <v>39.5</v>
       </c>
       <c r="G399" s="29"/>
     </row>
     <row r="400" spans="1:15">
       <c r="B400" s="26" t="s">
         <v>393</v>
       </c>
       <c r="C400" s="26">
         <v>384</v>
       </c>
       <c r="D400" s="26">
-        <v>4608</v>
+        <v>4992</v>
       </c>
       <c r="E400" s="26">
-        <v>39.5</v>
+        <v>41.5</v>
       </c>
       <c r="F400" s="28">
-        <v>39.5</v>
+        <v>41.5</v>
       </c>
       <c r="G400" s="29"/>
     </row>
     <row r="401" spans="1:15">
       <c r="B401" s="26" t="s">
         <v>394</v>
       </c>
       <c r="C401" s="26">
         <v>384</v>
       </c>
       <c r="D401" s="26">
-        <v>4992</v>
+        <v>5376</v>
       </c>
       <c r="E401" s="26">
-        <v>41.5</v>
+        <v>42.5</v>
       </c>
       <c r="F401" s="28">
-        <v>41.5</v>
+        <v>42.5</v>
       </c>
       <c r="G401" s="29"/>
     </row>
     <row r="402" spans="1:15">
       <c r="B402" s="26" t="s">
         <v>395</v>
       </c>
       <c r="C402" s="26">
         <v>384</v>
       </c>
       <c r="D402" s="26">
-        <v>5376</v>
+        <v>4608</v>
       </c>
       <c r="E402" s="26">
-        <v>42.5</v>
+        <v>39.5</v>
       </c>
       <c r="F402" s="28">
-        <v>42.5</v>
+        <v>39.5</v>
       </c>
       <c r="G402" s="29"/>
     </row>
     <row r="403" spans="1:15">
       <c r="B403" s="26" t="s">
         <v>396</v>
       </c>
       <c r="C403" s="26">
         <v>384</v>
       </c>
       <c r="D403" s="26">
-        <v>4608</v>
+        <v>4992</v>
       </c>
       <c r="E403" s="26">
-        <v>39.5</v>
+        <v>41.5</v>
       </c>
       <c r="F403" s="28">
-        <v>39.5</v>
+        <v>41.5</v>
       </c>
       <c r="G403" s="29"/>
     </row>
     <row r="404" spans="1:15">
       <c r="B404" s="26" t="s">
         <v>397</v>
       </c>
       <c r="C404" s="26">
         <v>384</v>
       </c>
       <c r="D404" s="26">
-        <v>4992</v>
+        <v>5376</v>
       </c>
       <c r="E404" s="26">
-        <v>41.5</v>
+        <v>42.5</v>
       </c>
       <c r="F404" s="28">
-        <v>41.5</v>
+        <v>42.5</v>
       </c>
       <c r="G404" s="29"/>
     </row>
     <row r="405" spans="1:15">
       <c r="B405" s="26" t="s">
         <v>398</v>
       </c>
       <c r="C405" s="26">
         <v>384</v>
       </c>
       <c r="D405" s="26">
-        <v>5376</v>
+        <v>4608</v>
       </c>
       <c r="E405" s="26">
-        <v>42.5</v>
+        <v>39.5</v>
       </c>
       <c r="F405" s="28">
-        <v>42.5</v>
+        <v>39.5</v>
       </c>
       <c r="G405" s="29"/>
     </row>
     <row r="406" spans="1:15">
       <c r="B406" s="26" t="s">
         <v>399</v>
       </c>
       <c r="C406" s="26">
         <v>384</v>
       </c>
       <c r="D406" s="26">
-        <v>4608</v>
+        <v>4992</v>
       </c>
       <c r="E406" s="26">
-        <v>39.5</v>
+        <v>41.5</v>
       </c>
       <c r="F406" s="28">
-        <v>39.5</v>
+        <v>41.5</v>
       </c>
       <c r="G406" s="29"/>
     </row>
     <row r="407" spans="1:15">
       <c r="B407" s="26" t="s">
         <v>400</v>
       </c>
       <c r="C407" s="26">
         <v>384</v>
       </c>
       <c r="D407" s="26">
-        <v>4992</v>
+        <v>5376</v>
       </c>
       <c r="E407" s="26">
-        <v>41.5</v>
+        <v>42.5</v>
       </c>
       <c r="F407" s="28">
-        <v>41.5</v>
+        <v>42.5</v>
       </c>
       <c r="G407" s="29"/>
     </row>
     <row r="408" spans="1:15">
       <c r="B408" s="26" t="s">
         <v>401</v>
       </c>
       <c r="C408" s="26">
-        <v>384</v>
+        <v>288</v>
       </c>
       <c r="D408" s="26">
-        <v>5376</v>
+        <v>3744</v>
       </c>
       <c r="E408" s="26">
-        <v>42.5</v>
+        <v>55.0</v>
       </c>
       <c r="F408" s="28">
-        <v>42.5</v>
+        <v>55.0</v>
       </c>
       <c r="G408" s="29"/>
     </row>
     <row r="409" spans="1:15">
       <c r="B409" s="26" t="s">
         <v>402</v>
       </c>
       <c r="C409" s="26">
         <v>288</v>
       </c>
       <c r="D409" s="26">
-        <v>3744</v>
+        <v>4032</v>
       </c>
       <c r="E409" s="26">
-        <v>55.0</v>
+        <v>59.0</v>
       </c>
       <c r="F409" s="28">
-        <v>55.0</v>
+        <v>59.0</v>
       </c>
       <c r="G409" s="29"/>
     </row>
     <row r="410" spans="1:15">
       <c r="B410" s="26" t="s">
         <v>403</v>
       </c>
       <c r="C410" s="26">
         <v>288</v>
       </c>
       <c r="D410" s="26">
-        <v>4032</v>
+        <v>3744</v>
       </c>
       <c r="E410" s="26">
-        <v>59.0</v>
+        <v>55.0</v>
       </c>
       <c r="F410" s="28">
-        <v>59.0</v>
+        <v>55.0</v>
       </c>
       <c r="G410" s="29"/>
     </row>
     <row r="411" spans="1:15">
       <c r="B411" s="26" t="s">
         <v>404</v>
       </c>
       <c r="C411" s="26">
         <v>288</v>
       </c>
       <c r="D411" s="26">
-        <v>3744</v>
+        <v>4032</v>
       </c>
       <c r="E411" s="26">
-        <v>55.0</v>
+        <v>59.0</v>
       </c>
       <c r="F411" s="28">
-        <v>55.0</v>
+        <v>59.0</v>
       </c>
       <c r="G411" s="29"/>
     </row>
     <row r="412" spans="1:15">
       <c r="B412" s="26" t="s">
         <v>405</v>
       </c>
       <c r="C412" s="26">
         <v>288</v>
       </c>
       <c r="D412" s="26">
-        <v>4032</v>
+        <v>3744</v>
       </c>
       <c r="E412" s="26">
-        <v>59.0</v>
+        <v>45.5</v>
       </c>
       <c r="F412" s="28">
-        <v>59.0</v>
+        <v>45.5</v>
       </c>
       <c r="G412" s="29"/>
     </row>
     <row r="413" spans="1:15">
       <c r="B413" s="26" t="s">
         <v>406</v>
       </c>
       <c r="C413" s="26">
         <v>288</v>
       </c>
       <c r="D413" s="26">
-        <v>3744</v>
+        <v>4032</v>
       </c>
       <c r="E413" s="26">
-        <v>45.5</v>
+        <v>50.0</v>
       </c>
       <c r="F413" s="28">
-        <v>45.5</v>
+        <v>50.0</v>
       </c>
       <c r="G413" s="29"/>
     </row>
     <row r="414" spans="1:15">
       <c r="B414" s="26" t="s">
         <v>407</v>
       </c>
       <c r="C414" s="26">
         <v>288</v>
       </c>
       <c r="D414" s="26">
-        <v>4032</v>
+        <v>3744</v>
       </c>
       <c r="E414" s="26">
-        <v>50.0</v>
+        <v>55.0</v>
       </c>
       <c r="F414" s="28">
-        <v>50.0</v>
+        <v>55.0</v>
       </c>
       <c r="G414" s="29"/>
     </row>
     <row r="415" spans="1:15">
       <c r="B415" s="26" t="s">
         <v>408</v>
       </c>
       <c r="C415" s="26">
         <v>288</v>
       </c>
       <c r="D415" s="26">
-        <v>3744</v>
+        <v>4032</v>
       </c>
       <c r="E415" s="26">
-        <v>55.0</v>
+        <v>59.0</v>
       </c>
       <c r="F415" s="28">
-        <v>55.0</v>
+        <v>59.0</v>
       </c>
       <c r="G415" s="29"/>
     </row>
     <row r="416" spans="1:15">
       <c r="B416" s="26" t="s">
         <v>409</v>
       </c>
       <c r="C416" s="26">
         <v>288</v>
       </c>
       <c r="D416" s="26">
-        <v>4032</v>
+        <v>3744</v>
       </c>
       <c r="E416" s="26">
-        <v>59.0</v>
+        <v>55.0</v>
       </c>
       <c r="F416" s="28">
-        <v>59.0</v>
+        <v>55.0</v>
       </c>
       <c r="G416" s="29"/>
     </row>
     <row r="417" spans="1:15">
       <c r="B417" s="26" t="s">
         <v>410</v>
       </c>
       <c r="C417" s="26">
         <v>288</v>
       </c>
       <c r="D417" s="26">
-        <v>3744</v>
+        <v>4032</v>
       </c>
       <c r="E417" s="26">
-        <v>55.0</v>
+        <v>59.0</v>
       </c>
       <c r="F417" s="28">
-        <v>55.0</v>
+        <v>59.0</v>
       </c>
       <c r="G417" s="29"/>
     </row>
     <row r="418" spans="1:15">
       <c r="B418" s="26" t="s">
         <v>411</v>
       </c>
       <c r="C418" s="26">
         <v>288</v>
       </c>
       <c r="D418" s="26">
-        <v>4032</v>
+        <v>3744</v>
       </c>
       <c r="E418" s="26">
-        <v>59.0</v>
+        <v>43.5</v>
       </c>
       <c r="F418" s="28">
-        <v>59.0</v>
+        <v>43.5</v>
       </c>
       <c r="G418" s="29"/>
     </row>
     <row r="419" spans="1:15">
       <c r="B419" s="26" t="s">
         <v>412</v>
       </c>
       <c r="C419" s="26">
         <v>288</v>
       </c>
       <c r="D419" s="26">
-        <v>3744</v>
+        <v>4032</v>
       </c>
       <c r="E419" s="26">
-        <v>43.5</v>
+        <v>46.0</v>
       </c>
       <c r="F419" s="28">
-        <v>43.5</v>
+        <v>46.0</v>
       </c>
       <c r="G419" s="29"/>
     </row>
     <row r="420" spans="1:15">
       <c r="B420" s="26" t="s">
         <v>413</v>
       </c>
       <c r="C420" s="26">
         <v>288</v>
       </c>
       <c r="D420" s="26">
-        <v>4032</v>
+        <v>3744</v>
       </c>
       <c r="E420" s="26">
-        <v>46.0</v>
+        <v>55.0</v>
       </c>
       <c r="F420" s="28">
-        <v>46.0</v>
+        <v>55.0</v>
       </c>
       <c r="G420" s="29"/>
     </row>
     <row r="421" spans="1:15">
       <c r="B421" s="26" t="s">
         <v>414</v>
       </c>
       <c r="C421" s="26">
         <v>288</v>
       </c>
       <c r="D421" s="26">
-        <v>3744</v>
+        <v>4032</v>
       </c>
       <c r="E421" s="26">
-        <v>55.0</v>
+        <v>59.0</v>
       </c>
       <c r="F421" s="28">
-        <v>55.0</v>
+        <v>59.0</v>
       </c>
       <c r="G421" s="29"/>
     </row>
     <row r="422" spans="1:15">
       <c r="B422" s="26" t="s">
         <v>415</v>
       </c>
       <c r="C422" s="26">
         <v>288</v>
       </c>
       <c r="D422" s="26">
-        <v>4032</v>
+        <v>3744</v>
       </c>
       <c r="E422" s="26">
-        <v>59.0</v>
+        <v>45.5</v>
       </c>
       <c r="F422" s="28">
-        <v>59.0</v>
+        <v>45.5</v>
       </c>
       <c r="G422" s="29"/>
     </row>
     <row r="423" spans="1:15">
       <c r="B423" s="26" t="s">
         <v>416</v>
       </c>
       <c r="C423" s="26">
         <v>288</v>
       </c>
       <c r="D423" s="26">
-        <v>3744</v>
+        <v>4032</v>
       </c>
       <c r="E423" s="26">
-        <v>45.5</v>
+        <v>50.0</v>
       </c>
       <c r="F423" s="28">
-        <v>45.5</v>
+        <v>50.0</v>
       </c>
       <c r="G423" s="29"/>
     </row>
     <row r="424" spans="1:15">
       <c r="B424" s="26" t="s">
         <v>417</v>
       </c>
       <c r="C424" s="26">
         <v>288</v>
       </c>
       <c r="D424" s="26">
-        <v>4032</v>
+        <v>3744</v>
       </c>
       <c r="E424" s="26">
-        <v>50.0</v>
+        <v>45.5</v>
       </c>
       <c r="F424" s="28">
-        <v>50.0</v>
+        <v>45.5</v>
       </c>
       <c r="G424" s="29"/>
     </row>
     <row r="425" spans="1:15">
       <c r="B425" s="26" t="s">
         <v>418</v>
       </c>
       <c r="C425" s="26">
         <v>288</v>
       </c>
       <c r="D425" s="26">
-        <v>3744</v>
+        <v>4032</v>
       </c>
       <c r="E425" s="26">
-        <v>45.5</v>
+        <v>50.0</v>
       </c>
       <c r="F425" s="28">
-        <v>45.5</v>
+        <v>50.0</v>
       </c>
       <c r="G425" s="29"/>
     </row>
     <row r="426" spans="1:15">
       <c r="B426" s="26" t="s">
         <v>419</v>
       </c>
       <c r="C426" s="26">
         <v>288</v>
       </c>
       <c r="D426" s="26">
-        <v>4032</v>
+        <v>3744</v>
       </c>
       <c r="E426" s="26">
-        <v>50.0</v>
+        <v>45.5</v>
       </c>
       <c r="F426" s="28">
-        <v>50.0</v>
+        <v>45.5</v>
       </c>
       <c r="G426" s="29"/>
     </row>
     <row r="427" spans="1:15">
       <c r="B427" s="26" t="s">
         <v>420</v>
       </c>
       <c r="C427" s="26">
         <v>288</v>
       </c>
       <c r="D427" s="26">
-        <v>3744</v>
+        <v>4032</v>
       </c>
       <c r="E427" s="26">
-        <v>45.5</v>
+        <v>50.0</v>
       </c>
       <c r="F427" s="28">
-        <v>45.5</v>
+        <v>50.0</v>
       </c>
       <c r="G427" s="29"/>
-    </row>
-[...16 lines deleted...]
-      <c r="G428" s="29"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B5:G5"/>
     <mergeCell ref="C3:G3"/>
     <mergeCell ref="B6:G6"/>
     <mergeCell ref="B141:G141"/>
     <mergeCell ref="B153:G153"/>
     <mergeCell ref="B155:G155"/>
     <mergeCell ref="B168:G168"/>
     <mergeCell ref="B180:G180"/>
-    <mergeCell ref="B221:G221"/>
-[...5 lines deleted...]
-    <mergeCell ref="B302:G302"/>
+    <mergeCell ref="B222:G222"/>
+    <mergeCell ref="B240:G240"/>
+    <mergeCell ref="B266:G266"/>
+    <mergeCell ref="B271:G271"/>
+    <mergeCell ref="B278:G278"/>
+    <mergeCell ref="B301:G301"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>