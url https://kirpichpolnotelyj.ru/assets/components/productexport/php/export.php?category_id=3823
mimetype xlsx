--- v0 (2025-11-03)
+++ v1 (2025-12-24)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
-    <t>*прайс действителен на 03.11.2025</t>
+    <t>*прайс действителен на 24.12.2025</t>
   </si>
   <si>
     <t>Телефон: +7 (499) 112-40-94  
 Адрес: г. Москва, ул. Бутлерова, 17Б, БЦ Фреш
 https://kirpichpolnotelyj.ru/</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>На поддоне</t>
   </si>
   <si>
     <t>В машине</t>
   </si>
   <si>
     <t>Розничная цена</t>
   </si>
   <si>
     <t>Оптовая цена</t>
   </si>
   <si>
     <t>Акция</t>
   </si>
   <si>