--- v1 (2025-12-24)
+++ v2 (2026-02-22)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="500" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
-    <t>*прайс действителен на 24.12.2025</t>
+    <t>*прайс действителен на 22.02.2026</t>
   </si>
   <si>
     <t>Телефон: +7 (499) 112-40-94  
 Адрес: г. Москва, ул. Бутлерова, 17Б, БЦ Фреш
 https://kirpichpolnotelyj.ru/</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>На поддоне</t>
   </si>
   <si>
     <t>В машине</t>
   </si>
   <si>
     <t>Розничная цена</t>
   </si>
   <si>
     <t>Оптовая цена</t>
   </si>
   <si>
     <t>Акция</t>
   </si>
   <si>
@@ -817,68 +817,68 @@
       <c r="I5" s="13"/>
       <c r="J5" s="13"/>
       <c r="K5" s="13"/>
       <c r="L5" s="13"/>
       <c r="M5" s="13"/>
       <c r="N5" s="13"/>
       <c r="O5" s="13"/>
     </row>
     <row r="6" spans="1:15">
       <c r="B6" s="25" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="27"/>
       <c r="D6" s="27"/>
       <c r="E6" s="27"/>
       <c r="F6" s="27"/>
       <c r="G6" s="27"/>
     </row>
     <row r="7" spans="1:15">
       <c r="B7" s="26" t="s">
         <v>10</v>
       </c>
       <c r="C7" s="26"/>
       <c r="D7" s="26"/>
       <c r="E7" s="26">
-        <v>225.9</v>
+        <v>219.07</v>
       </c>
       <c r="F7" s="28">
-        <v>225.9</v>
+        <v>219.07</v>
       </c>
       <c r="G7" s="29"/>
     </row>
     <row r="8" spans="1:15">
       <c r="B8" s="26" t="s">
         <v>11</v>
       </c>
       <c r="C8" s="26"/>
       <c r="D8" s="26"/>
       <c r="E8" s="26">
-        <v>302.24</v>
+        <v>293.12</v>
       </c>
       <c r="F8" s="28">
-        <v>302.24</v>
+        <v>293.12</v>
       </c>
       <c r="G8" s="29"/>
     </row>
     <row r="9" spans="1:15">
       <c r="B9" s="25" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="27"/>
       <c r="D9" s="27"/>
       <c r="E9" s="27"/>
       <c r="F9" s="27"/>
       <c r="G9" s="27"/>
     </row>
     <row r="10" spans="1:15">
       <c r="B10" s="26" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="26"/>
       <c r="D10" s="26"/>
       <c r="E10" s="26">
         <v>18.9</v>
       </c>
       <c r="F10" s="28">
         <v>18.9</v>
       </c>